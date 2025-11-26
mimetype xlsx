--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -12,389 +12,538 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="145">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
-    <t>Refrigerated Cabinets</t>
-[...10 lines deleted...]
-  <si>
     <t>September 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...1 lines deleted...]
-  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -658,997 +807,1132 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1078.165" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2015</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2015</v>
       </c>
-      <c r="H2"/>
-[...13 lines deleted...]
-      <c r="N2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K3"/>
       <c r="L3"/>
       <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2019</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...7 lines deleted...]
-      <c r="B4" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2019</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>38</v>
+      </c>
+      <c r="M5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2019</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>32</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>51</v>
+      </c>
+      <c r="P7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>56</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>57</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>56</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>31</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>32</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>61</v>
+      </c>
+      <c r="P9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>56</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2019</v>
       </c>
-      <c r="H4"/>
-[...3 lines deleted...]
-      <c r="J4" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>31</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>32</v>
+      </c>
+      <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>65</v>
+      </c>
+      <c r="P10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>47</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2019</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>31</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>32</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>69</v>
+      </c>
+      <c r="P11" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>71</v>
+      </c>
+      <c r="B12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>56</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>74</v>
+      </c>
+      <c r="P12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>76</v>
+      </c>
+      <c r="B13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>56</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2015</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>31</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>32</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>78</v>
+      </c>
+      <c r="P13" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14">
+        <v>1987</v>
+      </c>
+      <c r="I14">
+        <v>1988</v>
+      </c>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>87</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F15" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...23 lines deleted...]
-      <c r="E5" t="s">
+      <c r="G15" t="s">
+        <v>85</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>92</v>
+      </c>
+      <c r="M15" t="s">
+        <v>93</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>94</v>
+      </c>
+      <c r="P15" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>96</v>
+      </c>
+      <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>82</v>
+      </c>
+      <c r="D16" t="s">
+        <v>98</v>
+      </c>
+      <c r="E16" t="s">
+        <v>84</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>86</v>
+      </c>
+      <c r="K16" t="s">
+        <v>99</v>
+      </c>
+      <c r="L16" t="s">
+        <v>100</v>
+      </c>
+      <c r="M16" t="s">
+        <v>101</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>102</v>
+      </c>
+      <c r="P16" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>104</v>
+      </c>
+      <c r="B17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" t="s">
+        <v>106</v>
+      </c>
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
+        <v>84</v>
+      </c>
+      <c r="F17" t="s">
+        <v>107</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>108</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>109</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>114</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>116</v>
+      </c>
+      <c r="G18" t="s">
+        <v>85</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
+        <v>2021</v>
+      </c>
+      <c r="J18" t="s">
+        <v>117</v>
+      </c>
+      <c r="K18" t="s">
+        <v>118</v>
+      </c>
+      <c r="L18" t="s">
+        <v>119</v>
+      </c>
+      <c r="M18" t="s">
+        <v>120</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>121</v>
+      </c>
+      <c r="P18" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>125</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>84</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2014</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>108</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>127</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>128</v>
+      </c>
+      <c r="P19" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" t="s">
+        <v>132</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2013</v>
+      </c>
+      <c r="J20" t="s">
+        <v>133</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>134</v>
+      </c>
+      <c r="M20" t="s">
+        <v>127</v>
+      </c>
+      <c r="N20" t="s">
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...6 lines deleted...]
-      <c r="I5" t="s">
+      <c r="D21" t="s">
+        <v>37</v>
+      </c>
+      <c r="E21" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F21" t="s">
+        <v>56</v>
+      </c>
+      <c r="G21" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...10 lines deleted...]
-      <c r="B6" t="s">
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>39</v>
+      </c>
+      <c r="O21" t="s">
+        <v>139</v>
+      </c>
+      <c r="P21" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>47</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>56</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22" t="s">
         <v>25</v>
       </c>
-      <c r="C6" t="s">
-[...675 lines deleted...]
-        <v>99</v>
+      <c r="O22" t="s">
+        <v>143</v>
+      </c>
+      <c r="P22" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>