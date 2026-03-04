--- v0 (2025-10-15)
+++ v1 (2026-03-04)
@@ -12,1589 +12,2617 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="808">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Industrial Sector</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1094/contents/adopted</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1094 of 5 May 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of professional refrigerated storage cabinets</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of, and the provision of supplementary product information on, professional refrigerated storage cabinets.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
-    <t>Energy Efficiency, Industrial Sector</t>
-[...11 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151094-5-may-2015-supplementing-directive-201030eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02015R1094-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.</t>
+  </si>
+  <si>
     <t>Portable Heaters, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
+    <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2013-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.</t>
+  </si>
+  <si>
     <t>Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>EN 153</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2016/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192016-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2016-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/contents/made</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192018-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2018-20210501</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/1669 of 16 June 2023 with regard to the energy labelling of smartphones and slate tablets</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of smartphones and slate tablets, and the provision of supplementary product information on smartphones and slate tablets.
+In addition to the energy efficiency score, the regulation includes requirements for the display of battery endurance, battery degradation, resistance to being dropped, repairability, and ingress protection on the energy label. 
+Reference test methods are listed in Annex IVa.
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Phones and tablets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20231669-16-june-2023-regard-energy-labelling</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1669</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 1254/2014 of 11 July 2014 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of residential ventilation units</t>
   </si>
   <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.</t>
+  </si>
+  <si>
     <t>Exhaust Fans</t>
   </si>
   <si>
     <t>EN 308:1997</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1254/contents</t>
+  </si>
+  <si>
+    <t>non-residential ventilation unit -NRVU; means a ventilation unit where the maximum flow rate of the ventilation unit exceeds 250 m3 per hour; and; where the maximum flow rate is between 250 and 1 000 m3 per hour; the manufacturer has not declared its intended use as being exclusively for a residential ventilation application.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-12542014-11-july-2014-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1254-20200730</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
+  </si>
+  <si>
     <t>Commission regulation (EC) No 641/2009 of 22 July 2009</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products. This Regulation shall not apply to: a. drinking water circulators; except as regards information requirements; b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>Building Circulator Pumps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-6412009-22-july-2009</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/641/introduction</t>
+  </si>
+  <si>
     <t>Commission Regulation (EC) No 641/2009 of 22 July 2009 implementing Directive 2005/32/EC of the European Parliament and of the Council with regard to ecodesign requirements for glandless standalone circulators and glandless circulators</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of glandless standalone circulators and glandless circulators integrated in products.  This Regulation shall not apply to:  a. drinking water circulators; except as regards information requirements;   b. circulators integrated in products and placed on the market not later than 1 January 2020 as replacement for identical circulators integrated in products and placed on the market no later than 1 August 2015.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-6412009-22-july-2009-implementing-directive-200532ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02009R0641-20191114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1185 of 24 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1188/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1185/contents</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of solid fuel local space heaters with a nominal heat output of 50 kW or less.
+This Policy is currently under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151185-24-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1185-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for local space heaters</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151188-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers</t>
   </si>
   <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1189/contents</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2015/1189 of 28 April 2015 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for solid fuel boilers.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20151189-28-april-2015-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1189-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1781 of 1 October 2019 laying down ecodesign requirements for electric motors and variable speed drives pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>The proposal covers motors of power range 0;75 to 375 kW. The definition of motors is electric single speed motors with three-phase 50 Hz or 60 Hz or 50|60 Hz; squirrel cage induction motors in accordance with IEC 60034-1. Additional parameters; rated voltage; rated output; poles etc;; are also specified in Annex II. This kind of motors usually figures in industrial fans; pumps and compressors. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2028.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives, 3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191781-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R1781-20230124</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
+    <t>IEC 60076</t>
+  </si>
+  <si>
+    <t>European Commission - DG Enterprise</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv:OJ.L_.2019.272.01.0107.01.ENG&amp;toc=OJ:L:2019:272:TOC</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
-    <t>IEC 60076</t>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
-    <t>European Commission - DG Enterprise</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014</t>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/1784 of 1 October 2019 laying down ecodesign requirements for welding equipment pursuant to Directive 2009/125/EC of the European Parliament and of the Council</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electrical mains-operated welding equipment.
+This Regulation shall apply to welding equipment using one or more of the following welding and allied processes:
+(a) manual metal arc welding;
+(b) shielded metal arc welding;
+(c) self-shielded flux-cored welding;
+(d) flux cored arc welding;
+(e) metal active gas and metal inert gas welding;
+(f) tungsten inert gas welding;
+(g) plasma arc cutting.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191784-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0121.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission Regulation (EC)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1 500 litres. 'Household refrigerating appliance' means an insulated cabinet; with one or more compartments; intended for refrigerating or freezing foodstuffs; or for the storage of refrigerated or frozen foodstuffs for non-professional purposes; cooled by one or more energy-consuming processes including appliances sold as building kits to be assembled by the end-user.  Exclusions: refrigerating appliances that are primarily powered by energy sources other than electricity; battery-operated refrigerating appliances; custom-made refrigerating appliances; refrigerating appliances for tertiary sector application with flux management system; or appliances where the primary function is not the storage of foodstuffs through refrigeration.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192019-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2019-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2021 of 1 October 2019 laying down ecodesign requirements for electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of televisions.  In addition to the definitions set out in Directive 2005-32-EC; the following definitions shall apply: 1. 'Television' means a television set or a television monitor; 2. ‘television set’ means a product designed primarily for the display and reception of audiovisual signals which is placed on the market under one model or system designation; and which consists of: a display;  one or more tuner or receiver  and optional additional functions for data storage and/or display such as DVD; hard disk drive  or videocassette recorder; either in a single unit combined with the display; or in one or more separate units.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2027.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192021-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2021-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2024 of 1 October 2019 laying down ecodesign requirements for refrigerating appliances with a direct sales function pursuant to Directive 2009/125/EC of the European Parliament and of the Council </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or the putting into service of electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs. This Regulation does not apply to:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192024-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2024-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/424/contents/2019-03-15</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.  
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-servers</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R0424-20210501</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/1670 of 16 June 2023 laying down ecodesign requirements for smartphones &amp; mobile phones</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of smartphones, other mobile phones, cordless phones and slate tablets.
+These requirements include rules for the availability of spare parts, access to repair and maintenance information, maximum delivery time of spare parts, information on the price of spart parts, disassembly, reliability, and recyclability.  
+This Regulation does not apply to the following products:
+(a) mobile phones and tablets with a flexible main display which the user can unroll and roll up partly or fully.
+(b) smartphones for high security communication.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20231670-16-june-2023-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R1670</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1103 of 18 April 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council as regards ecodesign requirements for local space heaters and separate related controls and repealing Commission Regulat</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market and putting into service of domestic local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or a single tube segment heat output of 300 kW or less. This Regulation also lays down ecodesign requirements for separate related controls.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241103-18-april-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401103</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2024/1834 of 3 July 2024 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors with an electric input power between 125 W and 500 kW</t>
   </si>
   <si>
+    <t>This Regulation lays down ecodesign requirements for the placing on the market or putting into service of fans with an electric input power between 125 W and 500 kW (≥ 125 W and ≤ 500 kW) at their best efficiency point, including where they are integrated into other products.
+This policy comes into effect on July 24 2026. It is a revision of Regulation (EU) No 327/2011 which is repealed with effect from 24 July 2026. However, Annexes I, II and III to that Regulation, shall continue to apply until 24 July 2037, in relation to fans integrated into other products and in relation to spare part fans.
+Units of models placed on the market between 24 July 2024 and 24 July 2026 which comply with the provisions of this Regulation shall be considered to comply with the requirements of Regulation (EU) No 327/2011.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>August 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20241834-3-july-2024-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ:L_202401834</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 1253/2014 of 7 July 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for ventilation units</t>
   </si>
   <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/1253/contents</t>
+  </si>
+  <si>
+    <t>Ventilation unit -VU; means an electricity driven appliance equipped with at least one impeller; one motor and a casing and intended to replace utilised air by outdoor air in a building or a part of a building. 
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-12532014-7-july-2014-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R1253-20200730</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
   </si>
   <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
+  </si>
+  <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>May 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC -with regard to ecodesign requirements for simple set-top boxes</t>
   </si>
   <si>
+    <t>The Commission Regulation EC No 107-2009 of 4 February 2009 implementing Directive 2005-32-EC of the European Parliament and of the Council with regard to ecodesign requirements for simple set-top boxes; sets minimum energy performance requirements for simple set top boxes -SSTB.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-107-2009-4-february-2009-implementing-directive-2005-32-ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2009/107/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EC No 1275-2008 of 17 December 2008</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to standby and off mode electric power consumption. This Regulation applies to electrical and electronic household and office equipment.</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-ec-no-1275-2008-17-december-2008</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/ALL/?uri=CELEX:32008R1275</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets, Industrial Process Chillers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2015/1095/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation EU 2015-1095 of 5 May 2015 implementing Directive 2009-125-EC of the European Parliament and of the Council with regard to ecodesign requirements for professional refrigerated storage cabinets; blast cabinets; condensi</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of professional refrigerated storage cabinets and blast cabinets. This Regulation shall apply to electric mains-operated blast cabinets; and electric mains-operated professional refrigerated storage cabinets including those sold for the refrigeration of foodstuffs and animal feed. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2015-1095-5-may-2015-implementing-directive-2009-125-ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538151014873&amp;uri=CELEX:02015R1095-20170109</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>Natural gas and LPG boilers</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-1</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021 (UK regulation): Electronic Displays including Televisions</t>
   </si>
   <si>
+    <t>This policy applies to electronic displays, including televisions, monitors, and digital signage displays.</t>
+  </si>
+  <si>
     <t>Televisions, Projectors, Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-uk-regulation</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Electric Motors and Variable Speed Drives</t>
   </si>
   <si>
+    <t>This Policy applies to:
+(a) induction electric motors without brushes, commutators, slip rings or electrical connections to the rotor, which are rated for operation on a 50 Hz, 60 Hz or 50/60 Hz sinusoidal voltage and—
+(i) have two, four, six or eight poles;
+(ii) have a rated voltage (“UN”) above 50 V and up to and including 1,000 V;
+(iii) have a rated power output (“PN”) from 0.12 kilowatts (kW) up to and including 1,000 kW;
+(iv) are rated on the basis of continuous duty operation; and
+(v) are rated for direct on-line operation;
+(b) variable speed drives with 3 phase input which:
+(i) are rated for operating with a motor falling within sub-paragraph (a), within the 0.12 kW-1,000 kW motor rated output range;
+(ii) have a rated voltage above 100 V and up to and including 1,000 V AC; and
+(iii) have only one AC voltage output.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-electric-motors</t>
   </si>
   <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a total volume of—
+(a) more than 10 litres; and
+(b) less than or equal to 1,500 litres.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/5/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Refrigerating appliances with a direct sales function</t>
   </si>
   <si>
+    <t>This regulation applies to electric mains-operated refrigerating appliances with a direct sales function, including appliances sold for refrigeration of items other than foodstuffs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-refrigerating-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/2/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Welding Equipment</t>
   </si>
   <si>
+    <t>This regulation applies to welding equipment using one or more of the following welding processes—
+(a) flux cored arc welding;
+(b) manual metal arc welding;
+(c) metal active gas and metal inert gas welding;
+(d) plasma arc cutting;
+(e) self-shielded flux-cored welding;
+(f) shielded metal arc welding;
+(g) tungsten inert gas welding.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-welding</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1858,6927 +2886,7928 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N167"/>
+  <dimension ref="A1:P167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="301" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2003</v>
       </c>
-      <c r="H3">
-[...2 lines deleted...]
-      <c r="I3" t="s">
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...11 lines deleted...]
-      <c r="J4" t="s">
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...19 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
         <v>2014</v>
       </c>
-      <c r="H5"/>
-[...18 lines deleted...]
-      <c r="A6" t="s">
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" t="s">
+        <v>64</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>66</v>
+      </c>
+      <c r="O8" t="s">
+        <v>67</v>
+      </c>
+      <c r="P8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>38</v>
       </c>
-      <c r="B6" t="s">
-[...150 lines deleted...]
-      <c r="K9"/>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="N9" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>66</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="C10" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="E10" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>64</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
         <v>2015</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="K10"/>
+        <v>65</v>
+      </c>
+      <c r="K10" t="s">
+        <v>77</v>
+      </c>
       <c r="L10"/>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M10"/>
       <c r="N10" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="B11" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="E11" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="F11" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>64</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="K11" t="s">
+        <v>77</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>63</v>
+      </c>
+      <c r="F12" t="s">
+        <v>64</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>38</v>
+      </c>
+      <c r="K12" t="s">
+        <v>77</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>71</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
         <v>61</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G12">
+      <c r="D13" t="s">
+        <v>43</v>
+      </c>
+      <c r="E13" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" t="s">
+        <v>64</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
         <v>2015</v>
       </c>
-      <c r="H12"/>
-[...13 lines deleted...]
-      <c r="N12" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>65</v>
+      </c>
+      <c r="K13" t="s">
+        <v>77</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
         <v>63</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" t="s">
+      <c r="F14" t="s">
         <v>64</v>
       </c>
-      <c r="B13" t="s">
-[...29 lines deleted...]
-      <c r="N13" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2010</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>71</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>91</v>
+      </c>
+      <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>93</v>
+      </c>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
+        <v>64</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
         <v>65</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H14">
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>94</v>
+      </c>
+      <c r="M15"/>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>98</v>
+      </c>
+      <c r="P15" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" t="s">
+        <v>64</v>
+      </c>
+      <c r="G16" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16">
         <v>2019</v>
       </c>
-      <c r="I14" t="s">
-[...38 lines deleted...]
-      <c r="H15">
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>65</v>
+      </c>
+      <c r="K16" t="s">
+        <v>103</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16" t="s">
+        <v>104</v>
+      </c>
+      <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>63</v>
+      </c>
+      <c r="F17" t="s">
+        <v>64</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1995</v>
+      </c>
+      <c r="I17">
         <v>2019</v>
       </c>
-      <c r="I15" t="s">
-[...19 lines deleted...]
-      <c r="A16" t="s">
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>110</v>
+      </c>
+      <c r="M17" t="s">
         <v>71</v>
       </c>
-      <c r="B16" t="s">
-[...14 lines deleted...]
-      <c r="G16">
+      <c r="N17" t="s">
+        <v>104</v>
+      </c>
+      <c r="O17" t="s">
+        <v>111</v>
+      </c>
+      <c r="P17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>113</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>63</v>
+      </c>
+      <c r="F18" t="s">
+        <v>64</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1998</v>
+      </c>
+      <c r="I18">
         <v>2019</v>
       </c>
-      <c r="H16"/>
-[...37 lines deleted...]
-      <c r="H17">
+      <c r="J18" t="s">
+        <v>116</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>71</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" t="s">
+        <v>63</v>
+      </c>
+      <c r="F19" t="s">
+        <v>64</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
         <v>2019</v>
       </c>
-      <c r="I17" t="s">
-[...40 lines deleted...]
-      <c r="H18">
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>65</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>122</v>
+      </c>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" t="s">
+        <v>63</v>
+      </c>
+      <c r="F20" t="s">
+        <v>64</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
         <v>2019</v>
       </c>
-      <c r="I18" t="s">
-[...35 lines deleted...]
-      <c r="G19">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>38</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>122</v>
+      </c>
+      <c r="M20" t="s">
+        <v>71</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>126</v>
+      </c>
+      <c r="P20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>130</v>
+      </c>
+      <c r="E21" t="s">
+        <v>63</v>
+      </c>
+      <c r="F21" t="s">
+        <v>64</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1997</v>
+      </c>
+      <c r="I21">
         <v>2019</v>
       </c>
-      <c r="H19"/>
-[...86 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K21"/>
+        <v>38</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="N21" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>104</v>
+      </c>
+      <c r="O21" t="s">
+        <v>131</v>
+      </c>
+      <c r="P21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>133</v>
       </c>
       <c r="C22" t="s">
-        <v>90</v>
+        <v>61</v>
       </c>
       <c r="D22" t="s">
-        <v>48</v>
+        <v>130</v>
       </c>
       <c r="E22" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>64</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>1997</v>
       </c>
-      <c r="H22">
+      <c r="I22">
         <v>2019</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>21</v>
-[...7 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22"/>
       <c r="N22" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>104</v>
+      </c>
+      <c r="O22" t="s">
+        <v>134</v>
+      </c>
+      <c r="P22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>136</v>
+      </c>
+      <c r="B23" t="s">
+        <v>137</v>
+      </c>
+      <c r="C23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" t="s">
+        <v>138</v>
+      </c>
+      <c r="E23" t="s">
+        <v>63</v>
+      </c>
+      <c r="F23" t="s">
+        <v>64</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>2019</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>65</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23" t="s">
+        <v>66</v>
+      </c>
+      <c r="O23" t="s">
+        <v>139</v>
+      </c>
+      <c r="P23" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>136</v>
+      </c>
+      <c r="B24" t="s">
+        <v>141</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>138</v>
+      </c>
+      <c r="E24" t="s">
+        <v>63</v>
+      </c>
+      <c r="F24" t="s">
+        <v>64</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
+        <v>2019</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>38</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>71</v>
+      </c>
+      <c r="N24" t="s">
+        <v>66</v>
+      </c>
+      <c r="O24" t="s">
+        <v>142</v>
+      </c>
+      <c r="P24" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>144</v>
+      </c>
+      <c r="B25" t="s">
+        <v>145</v>
+      </c>
+      <c r="C25" t="s">
+        <v>146</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>63</v>
+      </c>
+      <c r="F25" t="s">
+        <v>64</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
+        <v>2023</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>38</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>148</v>
+      </c>
+      <c r="P25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>152</v>
+      </c>
+      <c r="E26" t="s">
+        <v>63</v>
+      </c>
+      <c r="F26" t="s">
+        <v>64</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1995</v>
+      </c>
+      <c r="I26">
+        <v>2023</v>
+      </c>
+      <c r="J26" t="s">
+        <v>153</v>
+      </c>
+      <c r="K26" t="s">
+        <v>51</v>
+      </c>
+      <c r="L26" t="s">
+        <v>154</v>
+      </c>
+      <c r="M26" t="s">
+        <v>71</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>155</v>
+      </c>
+      <c r="P26" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>157</v>
+      </c>
+      <c r="B27" t="s">
+        <v>158</v>
+      </c>
+      <c r="C27" t="s">
+        <v>61</v>
+      </c>
+      <c r="D27" t="s">
+        <v>159</v>
+      </c>
+      <c r="E27" t="s">
+        <v>63</v>
+      </c>
+      <c r="F27" t="s">
+        <v>64</v>
+      </c>
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>65</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>160</v>
+      </c>
+      <c r="M27"/>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>161</v>
+      </c>
+      <c r="P27" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>157</v>
+      </c>
+      <c r="B28" t="s">
+        <v>163</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>159</v>
+      </c>
+      <c r="E28" t="s">
+        <v>63</v>
+      </c>
+      <c r="F28" t="s">
+        <v>64</v>
+      </c>
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
+        <v>2014</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>38</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>160</v>
+      </c>
+      <c r="M28" t="s">
+        <v>71</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>164</v>
+      </c>
+      <c r="P28" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>166</v>
+      </c>
+      <c r="B29" t="s">
+        <v>167</v>
+      </c>
+      <c r="C29" t="s">
+        <v>61</v>
+      </c>
+      <c r="D29" t="s">
+        <v>152</v>
+      </c>
+      <c r="E29" t="s">
+        <v>63</v>
+      </c>
+      <c r="F29" t="s">
+        <v>64</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1995</v>
+      </c>
+      <c r="I29">
+        <v>2012</v>
+      </c>
+      <c r="J29" t="s">
+        <v>65</v>
+      </c>
+      <c r="K29" t="s">
+        <v>51</v>
+      </c>
+      <c r="L29" t="s">
+        <v>154</v>
+      </c>
+      <c r="M29"/>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>172</v>
+      </c>
+      <c r="E30" t="s">
+        <v>63</v>
+      </c>
+      <c r="F30" t="s">
+        <v>64</v>
+      </c>
+      <c r="G30" t="s">
+        <v>44</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>38</v>
+      </c>
+      <c r="K30" t="s">
+        <v>173</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>71</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>174</v>
+      </c>
+      <c r="P30" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>170</v>
+      </c>
+      <c r="B31" t="s">
+        <v>176</v>
+      </c>
+      <c r="C31" t="s">
+        <v>61</v>
+      </c>
+      <c r="D31" t="s">
+        <v>172</v>
+      </c>
+      <c r="E31" t="s">
+        <v>63</v>
+      </c>
+      <c r="F31" t="s">
+        <v>64</v>
+      </c>
+      <c r="G31" t="s">
+        <v>44</v>
+      </c>
+      <c r="H31">
+        <v>2013</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>65</v>
+      </c>
+      <c r="K31" t="s">
+        <v>173</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>177</v>
+      </c>
+      <c r="P31"/>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>178</v>
+      </c>
+      <c r="B32" t="s">
+        <v>179</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>180</v>
+      </c>
+      <c r="E32" t="s">
+        <v>63</v>
+      </c>
+      <c r="F32" t="s">
+        <v>64</v>
+      </c>
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>38</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>71</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>181</v>
+      </c>
+      <c r="P32" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>178</v>
+      </c>
+      <c r="B33" t="s">
+        <v>179</v>
+      </c>
+      <c r="C33" t="s">
+        <v>61</v>
+      </c>
+      <c r="D33" t="s">
+        <v>180</v>
+      </c>
+      <c r="E33" t="s">
+        <v>63</v>
+      </c>
+      <c r="F33" t="s">
+        <v>64</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>65</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>183</v>
+      </c>
+      <c r="P33" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>185</v>
+      </c>
+      <c r="B34" t="s">
+        <v>186</v>
+      </c>
+      <c r="C34" t="s">
+        <v>146</v>
+      </c>
+      <c r="D34" t="s">
+        <v>187</v>
+      </c>
+      <c r="E34" t="s">
+        <v>63</v>
+      </c>
+      <c r="F34" t="s">
+        <v>64</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1979</v>
+      </c>
+      <c r="I34">
+        <v>2013</v>
+      </c>
+      <c r="J34" t="s">
+        <v>38</v>
+      </c>
+      <c r="K34" t="s">
+        <v>51</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>71</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>188</v>
+      </c>
+      <c r="P34" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>185</v>
+      </c>
+      <c r="B35" t="s">
+        <v>190</v>
+      </c>
+      <c r="C35" t="s">
+        <v>191</v>
+      </c>
+      <c r="D35" t="s">
+        <v>187</v>
+      </c>
+      <c r="E35" t="s">
+        <v>63</v>
+      </c>
+      <c r="F35" t="s">
+        <v>64</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1979</v>
+      </c>
+      <c r="I35">
+        <v>2013</v>
+      </c>
+      <c r="J35" t="s">
+        <v>65</v>
+      </c>
+      <c r="K35" t="s">
+        <v>51</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35"/>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>192</v>
+      </c>
+      <c r="P35" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>194</v>
+      </c>
+      <c r="B36" t="s">
+        <v>195</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>196</v>
+      </c>
+      <c r="E36" t="s">
+        <v>63</v>
+      </c>
+      <c r="F36" t="s">
+        <v>64</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>38</v>
+      </c>
+      <c r="K36" t="s">
+        <v>173</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>71</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>197</v>
+      </c>
+      <c r="P36" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>194</v>
+      </c>
+      <c r="B37" t="s">
+        <v>199</v>
+      </c>
+      <c r="C37" t="s">
+        <v>61</v>
+      </c>
+      <c r="D37" t="s">
+        <v>196</v>
+      </c>
+      <c r="E37" t="s">
+        <v>63</v>
+      </c>
+      <c r="F37" t="s">
+        <v>64</v>
+      </c>
+      <c r="G37" t="s">
+        <v>44</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>65</v>
+      </c>
+      <c r="K37" t="s">
+        <v>173</v>
+      </c>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>200</v>
+      </c>
+      <c r="P37" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>202</v>
+      </c>
+      <c r="B38" t="s">
+        <v>203</v>
+      </c>
+      <c r="C38" t="s">
+        <v>61</v>
+      </c>
+      <c r="D38" t="s">
+        <v>204</v>
+      </c>
+      <c r="E38" t="s">
+        <v>63</v>
+      </c>
+      <c r="F38" t="s">
+        <v>205</v>
+      </c>
+      <c r="G38" t="s">
+        <v>44</v>
+      </c>
+      <c r="H38">
+        <v>2009</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>65</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38"/>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>206</v>
+      </c>
+      <c r="P38" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>208</v>
+      </c>
+      <c r="B39" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>204</v>
+      </c>
+      <c r="E39" t="s">
+        <v>63</v>
+      </c>
+      <c r="F39" t="s">
+        <v>205</v>
+      </c>
+      <c r="G39" t="s">
+        <v>44</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>38</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>71</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>210</v>
+      </c>
+      <c r="P39" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>212</v>
+      </c>
+      <c r="B40" t="s">
+        <v>213</v>
+      </c>
+      <c r="C40" t="s">
+        <v>61</v>
+      </c>
+      <c r="D40" t="s">
+        <v>214</v>
+      </c>
+      <c r="E40" t="s">
+        <v>63</v>
+      </c>
+      <c r="F40" t="s">
+        <v>205</v>
+      </c>
+      <c r="G40" t="s">
+        <v>215</v>
+      </c>
+      <c r="H40">
+        <v>2015</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>65</v>
+      </c>
+      <c r="K40" t="s">
+        <v>77</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40"/>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>216</v>
+      </c>
+      <c r="P40" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>212</v>
+      </c>
+      <c r="B41" t="s">
+        <v>213</v>
+      </c>
+      <c r="C41" t="s">
+        <v>61</v>
+      </c>
+      <c r="D41" t="s">
+        <v>214</v>
+      </c>
+      <c r="E41" t="s">
+        <v>63</v>
+      </c>
+      <c r="F41" t="s">
+        <v>205</v>
+      </c>
+      <c r="G41" t="s">
+        <v>215</v>
+      </c>
+      <c r="H41">
+        <v>2015</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>65</v>
+      </c>
+      <c r="K41" t="s">
+        <v>77</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41"/>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>218</v>
+      </c>
+      <c r="P41" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>212</v>
+      </c>
+      <c r="B42" t="s">
+        <v>220</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>214</v>
+      </c>
+      <c r="E42" t="s">
+        <v>63</v>
+      </c>
+      <c r="F42" t="s">
+        <v>205</v>
+      </c>
+      <c r="G42" t="s">
+        <v>215</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>38</v>
+      </c>
+      <c r="K42" t="s">
+        <v>77</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42"/>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>221</v>
+      </c>
+      <c r="P42" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>223</v>
+      </c>
+      <c r="B43" t="s">
+        <v>224</v>
+      </c>
+      <c r="C43" t="s">
+        <v>61</v>
+      </c>
+      <c r="D43" t="s">
+        <v>76</v>
+      </c>
+      <c r="E43" t="s">
+        <v>63</v>
+      </c>
+      <c r="F43" t="s">
+        <v>205</v>
+      </c>
+      <c r="G43" t="s">
+        <v>44</v>
+      </c>
+      <c r="H43">
+        <v>2015</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>65</v>
+      </c>
+      <c r="K43" t="s">
+        <v>225</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43"/>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>226</v>
+      </c>
+      <c r="P43" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>228</v>
+      </c>
+      <c r="B44" t="s">
+        <v>229</v>
+      </c>
+      <c r="C44" t="s">
+        <v>61</v>
+      </c>
+      <c r="D44" t="s">
+        <v>43</v>
+      </c>
+      <c r="E44" t="s">
+        <v>63</v>
+      </c>
+      <c r="F44" t="s">
+        <v>205</v>
+      </c>
+      <c r="G44" t="s">
+        <v>44</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>65</v>
+      </c>
+      <c r="K44" t="s">
+        <v>77</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>230</v>
+      </c>
+      <c r="P44" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>228</v>
+      </c>
+      <c r="B45" t="s">
+        <v>232</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>43</v>
+      </c>
+      <c r="E45" t="s">
+        <v>63</v>
+      </c>
+      <c r="F45" t="s">
+        <v>205</v>
+      </c>
+      <c r="G45" t="s">
+        <v>44</v>
+      </c>
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>38</v>
+      </c>
+      <c r="K45" t="s">
+        <v>77</v>
+      </c>
+      <c r="L45"/>
+      <c r="M45" t="s">
+        <v>71</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>233</v>
+      </c>
+      <c r="P45" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>235</v>
+      </c>
+      <c r="B46" t="s">
+        <v>236</v>
+      </c>
+      <c r="C46" t="s">
+        <v>61</v>
+      </c>
+      <c r="D46" t="s">
+        <v>237</v>
+      </c>
+      <c r="E46" t="s">
+        <v>63</v>
+      </c>
+      <c r="F46" t="s">
+        <v>205</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
+      </c>
+      <c r="H46">
+        <v>2016</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>65</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46"/>
+      <c r="N46" t="s">
+        <v>66</v>
+      </c>
+      <c r="O46" t="s">
+        <v>238</v>
+      </c>
+      <c r="P46" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>240</v>
+      </c>
+      <c r="B47" t="s">
+        <v>241</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>237</v>
+      </c>
+      <c r="E47" t="s">
+        <v>63</v>
+      </c>
+      <c r="F47" t="s">
+        <v>205</v>
+      </c>
+      <c r="G47" t="s">
+        <v>44</v>
+      </c>
+      <c r="H47">
+        <v>2016</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>38</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>71</v>
+      </c>
+      <c r="N47" t="s">
+        <v>66</v>
+      </c>
+      <c r="O47" t="s">
+        <v>242</v>
+      </c>
+      <c r="P47" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>244</v>
+      </c>
+      <c r="B48" t="s">
+        <v>245</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>246</v>
+      </c>
+      <c r="E48" t="s">
+        <v>63</v>
+      </c>
+      <c r="F48" t="s">
+        <v>205</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2009</v>
+      </c>
+      <c r="I48">
+        <v>2019</v>
+      </c>
+      <c r="J48" t="s">
+        <v>38</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>71</v>
+      </c>
+      <c r="N48" t="s">
+        <v>66</v>
+      </c>
+      <c r="O48" t="s">
+        <v>247</v>
+      </c>
+      <c r="P48" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>249</v>
+      </c>
+      <c r="B49" t="s">
+        <v>250</v>
+      </c>
+      <c r="C49" t="s">
+        <v>61</v>
+      </c>
+      <c r="D49" t="s">
+        <v>251</v>
+      </c>
+      <c r="E49" t="s">
+        <v>63</v>
+      </c>
+      <c r="F49" t="s">
+        <v>205</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2009</v>
+      </c>
+      <c r="I49">
+        <v>2019</v>
+      </c>
+      <c r="J49" t="s">
+        <v>65</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>252</v>
+      </c>
+      <c r="P49" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>249</v>
+      </c>
+      <c r="B50" t="s">
+        <v>250</v>
+      </c>
+      <c r="C50" t="s">
+        <v>18</v>
+      </c>
+      <c r="D50" t="s">
+        <v>251</v>
+      </c>
+      <c r="E50" t="s">
+        <v>63</v>
+      </c>
+      <c r="F50" t="s">
+        <v>205</v>
+      </c>
+      <c r="G50" t="s">
+        <v>254</v>
+      </c>
+      <c r="H50">
+        <v>2009</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>38</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>71</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>255</v>
+      </c>
+      <c r="P50" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>257</v>
+      </c>
+      <c r="B51" t="s">
+        <v>258</v>
+      </c>
+      <c r="C51" t="s">
+        <v>18</v>
+      </c>
+      <c r="D51" t="s">
+        <v>259</v>
+      </c>
+      <c r="E51" t="s">
+        <v>63</v>
+      </c>
+      <c r="F51" t="s">
+        <v>205</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>2015</v>
+      </c>
+      <c r="I51">
+        <v>2019</v>
+      </c>
+      <c r="J51" t="s">
+        <v>38</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51" t="s">
+        <v>260</v>
+      </c>
+      <c r="M51" t="s">
+        <v>261</v>
+      </c>
+      <c r="N51" t="s">
+        <v>66</v>
+      </c>
+      <c r="O51" t="s">
+        <v>262</v>
+      </c>
+      <c r="P51" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>257</v>
+      </c>
+      <c r="B52" t="s">
+        <v>258</v>
+      </c>
+      <c r="C52" t="s">
+        <v>61</v>
+      </c>
+      <c r="D52" t="s">
+        <v>259</v>
+      </c>
+      <c r="E52" t="s">
+        <v>63</v>
+      </c>
+      <c r="F52" t="s">
+        <v>205</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2015</v>
+      </c>
+      <c r="I52">
+        <v>2019</v>
+      </c>
+      <c r="J52" t="s">
+        <v>65</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52"/>
+      <c r="N52" t="s">
+        <v>66</v>
+      </c>
+      <c r="O52" t="s">
+        <v>264</v>
+      </c>
+      <c r="P52" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>257</v>
+      </c>
+      <c r="B53" t="s">
+        <v>258</v>
+      </c>
+      <c r="C53" t="s">
+        <v>61</v>
+      </c>
+      <c r="D53" t="s">
+        <v>259</v>
+      </c>
+      <c r="E53" t="s">
+        <v>63</v>
+      </c>
+      <c r="F53" t="s">
+        <v>205</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>2015</v>
+      </c>
+      <c r="I53">
+        <v>2019</v>
+      </c>
+      <c r="J53" t="s">
+        <v>65</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>260</v>
+      </c>
+      <c r="M53"/>
+      <c r="N53" t="s">
+        <v>66</v>
+      </c>
+      <c r="O53" t="s">
+        <v>266</v>
+      </c>
+      <c r="P53" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>268</v>
+      </c>
+      <c r="B54" t="s">
+        <v>269</v>
+      </c>
+      <c r="C54" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" t="s">
+        <v>270</v>
+      </c>
+      <c r="E54" t="s">
+        <v>63</v>
+      </c>
+      <c r="F54" t="s">
+        <v>205</v>
+      </c>
+      <c r="G54" t="s">
+        <v>44</v>
+      </c>
+      <c r="H54">
+        <v>2019</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>65</v>
+      </c>
+      <c r="K54" t="s">
+        <v>51</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54"/>
+      <c r="N54" t="s">
+        <v>66</v>
+      </c>
+      <c r="O54" t="s">
+        <v>271</v>
+      </c>
+      <c r="P54" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>273</v>
+      </c>
+      <c r="B55" t="s">
+        <v>274</v>
+      </c>
+      <c r="C55" t="s">
+        <v>18</v>
+      </c>
+      <c r="D55" t="s">
+        <v>121</v>
+      </c>
+      <c r="E55" t="s">
+        <v>63</v>
+      </c>
+      <c r="F55" t="s">
+        <v>205</v>
+      </c>
+      <c r="G55" t="s">
+        <v>44</v>
+      </c>
+      <c r="H55">
+        <v>2019</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>38</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>71</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>275</v>
+      </c>
+      <c r="P55" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>277</v>
+      </c>
+      <c r="B56" t="s">
+        <v>278</v>
+      </c>
+      <c r="C56" t="s">
+        <v>18</v>
+      </c>
+      <c r="D56" t="s">
+        <v>115</v>
+      </c>
+      <c r="E56" t="s">
+        <v>63</v>
+      </c>
+      <c r="F56" t="s">
+        <v>205</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>2000</v>
+      </c>
+      <c r="I56">
+        <v>2019</v>
+      </c>
+      <c r="J56" t="s">
+        <v>279</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>71</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>280</v>
+      </c>
+      <c r="P56" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>282</v>
+      </c>
+      <c r="B57" t="s">
+        <v>283</v>
+      </c>
+      <c r="C57" t="s">
+        <v>18</v>
+      </c>
+      <c r="D57" t="s">
         <v>93</v>
       </c>
-      <c r="B23" t="s">
-[...14 lines deleted...]
-      <c r="G23">
+      <c r="E57" t="s">
+        <v>63</v>
+      </c>
+      <c r="F57" t="s">
+        <v>205</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>2009</v>
+      </c>
+      <c r="I57">
         <v>2019</v>
       </c>
-      <c r="H23"/>
-[...8 lines deleted...]
-      <c r="M23" t="s">
+      <c r="J57" t="s">
+        <v>38</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>71</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>284</v>
+      </c>
+      <c r="P57" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>286</v>
+      </c>
+      <c r="B58" t="s">
+        <v>287</v>
+      </c>
+      <c r="C58" t="s">
+        <v>18</v>
+      </c>
+      <c r="D58" t="s">
+        <v>130</v>
+      </c>
+      <c r="E58" t="s">
+        <v>63</v>
+      </c>
+      <c r="F58" t="s">
+        <v>205</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>2010</v>
+      </c>
+      <c r="I58">
+        <v>2019</v>
+      </c>
+      <c r="J58" t="s">
+        <v>38</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58" t="s">
+        <v>288</v>
+      </c>
+      <c r="M58" t="s">
+        <v>71</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>289</v>
+      </c>
+      <c r="P58" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>291</v>
+      </c>
+      <c r="B59" t="s">
+        <v>292</v>
+      </c>
+      <c r="C59" t="s">
+        <v>18</v>
+      </c>
+      <c r="D59" t="s">
+        <v>102</v>
+      </c>
+      <c r="E59" t="s">
+        <v>63</v>
+      </c>
+      <c r="F59" t="s">
+        <v>205</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2010</v>
+      </c>
+      <c r="I59">
+        <v>2019</v>
+      </c>
+      <c r="J59" t="s">
+        <v>38</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>110</v>
+      </c>
+      <c r="M59" t="s">
+        <v>293</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>294</v>
+      </c>
+      <c r="P59" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>296</v>
+      </c>
+      <c r="B60" t="s">
+        <v>297</v>
+      </c>
+      <c r="C60" t="s">
+        <v>18</v>
+      </c>
+      <c r="D60" t="s">
+        <v>138</v>
+      </c>
+      <c r="E60" t="s">
+        <v>63</v>
+      </c>
+      <c r="F60" t="s">
+        <v>205</v>
+      </c>
+      <c r="G60" t="s">
+        <v>44</v>
+      </c>
+      <c r="H60">
+        <v>2019</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>38</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>71</v>
+      </c>
+      <c r="N60" t="s">
+        <v>66</v>
+      </c>
+      <c r="O60" t="s">
+        <v>298</v>
+      </c>
+      <c r="P60" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>300</v>
+      </c>
+      <c r="B61" t="s">
+        <v>301</v>
+      </c>
+      <c r="C61" t="s">
+        <v>61</v>
+      </c>
+      <c r="D61" t="s">
+        <v>302</v>
+      </c>
+      <c r="E61" t="s">
+        <v>63</v>
+      </c>
+      <c r="F61" t="s">
+        <v>205</v>
+      </c>
+      <c r="G61" t="s">
+        <v>44</v>
+      </c>
+      <c r="H61">
+        <v>2014</v>
+      </c>
+      <c r="I61">
+        <v>2019</v>
+      </c>
+      <c r="J61" t="s">
+        <v>65</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61"/>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>303</v>
+      </c>
+      <c r="P61" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>300</v>
+      </c>
+      <c r="B62" t="s">
+        <v>305</v>
+      </c>
+      <c r="C62" t="s">
+        <v>18</v>
+      </c>
+      <c r="D62" t="s">
+        <v>302</v>
+      </c>
+      <c r="E62" t="s">
+        <v>63</v>
+      </c>
+      <c r="F62" t="s">
+        <v>205</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
+      </c>
+      <c r="H62">
+        <v>2014</v>
+      </c>
+      <c r="I62">
+        <v>2019</v>
+      </c>
+      <c r="J62" t="s">
+        <v>38</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>71</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>306</v>
+      </c>
+      <c r="P62" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>300</v>
+      </c>
+      <c r="B63" t="s">
+        <v>308</v>
+      </c>
+      <c r="C63" t="s">
+        <v>61</v>
+      </c>
+      <c r="D63" t="s">
+        <v>302</v>
+      </c>
+      <c r="E63" t="s">
+        <v>63</v>
+      </c>
+      <c r="F63" t="s">
+        <v>205</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2014</v>
+      </c>
+      <c r="I63">
+        <v>2019</v>
+      </c>
+      <c r="J63" t="s">
+        <v>65</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63"/>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>309</v>
+      </c>
+      <c r="P63" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>311</v>
+      </c>
+      <c r="B64" t="s">
+        <v>312</v>
+      </c>
+      <c r="C64" t="s">
+        <v>146</v>
+      </c>
+      <c r="D64" t="s">
+        <v>147</v>
+      </c>
+      <c r="E64" t="s">
+        <v>63</v>
+      </c>
+      <c r="F64" t="s">
+        <v>205</v>
+      </c>
+      <c r="G64" t="s">
+        <v>44</v>
+      </c>
+      <c r="H64">
+        <v>2023</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>38</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64"/>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>313</v>
+      </c>
+      <c r="P64" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>315</v>
+      </c>
+      <c r="B65" t="s">
+        <v>316</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>152</v>
+      </c>
+      <c r="E65" t="s">
+        <v>63</v>
+      </c>
+      <c r="F65" t="s">
+        <v>205</v>
+      </c>
+      <c r="G65" t="s">
+        <v>44</v>
+      </c>
+      <c r="H65">
+        <v>2012</v>
+      </c>
+      <c r="I65">
+        <v>2023</v>
+      </c>
+      <c r="J65" t="s">
+        <v>153</v>
+      </c>
+      <c r="K65" t="s">
         <v>51</v>
       </c>
-      <c r="N23" t="s">
-[...62 lines deleted...]
-      <c r="G25">
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>317</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>318</v>
+      </c>
+      <c r="P65" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>320</v>
+      </c>
+      <c r="B66" t="s">
+        <v>321</v>
+      </c>
+      <c r="C66" t="s">
+        <v>61</v>
+      </c>
+      <c r="D66" t="s">
+        <v>322</v>
+      </c>
+      <c r="E66" t="s">
+        <v>63</v>
+      </c>
+      <c r="F66" t="s">
+        <v>205</v>
+      </c>
+      <c r="G66" t="s">
+        <v>44</v>
+      </c>
+      <c r="H66">
+        <v>2013</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>65</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66"/>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>323</v>
+      </c>
+      <c r="P66" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>320</v>
+      </c>
+      <c r="B67" t="s">
+        <v>325</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>322</v>
+      </c>
+      <c r="E67" t="s">
+        <v>63</v>
+      </c>
+      <c r="F67" t="s">
+        <v>205</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2013</v>
+      </c>
+      <c r="I67">
         <v>2023</v>
       </c>
-      <c r="H25"/>
-[...596 lines deleted...]
-      <c r="G40">
+      <c r="J67" t="s">
+        <v>38</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>71</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>326</v>
+      </c>
+      <c r="P67" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>328</v>
+      </c>
+      <c r="B68" t="s">
+        <v>329</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>76</v>
+      </c>
+      <c r="E68" t="s">
+        <v>63</v>
+      </c>
+      <c r="F68" t="s">
+        <v>205</v>
+      </c>
+      <c r="G68" t="s">
+        <v>22</v>
+      </c>
+      <c r="H68">
         <v>2015</v>
       </c>
-      <c r="H40"/>
-[...130 lines deleted...]
-      <c r="A44" t="s">
+      <c r="I68">
+        <v>2024</v>
+      </c>
+      <c r="J68" t="s">
+        <v>330</v>
+      </c>
+      <c r="K68" t="s">
+        <v>225</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>71</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>331</v>
+      </c>
+      <c r="P68" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>333</v>
+      </c>
+      <c r="B69" t="s">
+        <v>334</v>
+      </c>
+      <c r="C69" t="s">
         <v>146</v>
       </c>
-      <c r="B44" t="s">
-[...1024 lines deleted...]
-      </c>
       <c r="D69" t="s">
-        <v>48</v>
+        <v>335</v>
       </c>
       <c r="E69" t="s">
-        <v>133</v>
+        <v>63</v>
       </c>
       <c r="F69" t="s">
         <v>205</v>
       </c>
-      <c r="G69">
-        <v>2024</v>
+      <c r="G69" t="s">
+        <v>22</v>
       </c>
       <c r="H69">
         <v>2024</v>
       </c>
-      <c r="I69" t="s">
-        <v>206</v>
+      <c r="I69">
+        <v>2024</v>
       </c>
       <c r="J69" t="s">
+        <v>336</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>71</v>
+      </c>
+      <c r="N69" t="s">
+        <v>66</v>
+      </c>
+      <c r="O69" t="s">
+        <v>337</v>
+      </c>
+      <c r="P69" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>339</v>
+      </c>
+      <c r="B70" t="s">
+        <v>340</v>
+      </c>
+      <c r="C70" t="s">
+        <v>61</v>
+      </c>
+      <c r="D70" t="s">
+        <v>159</v>
+      </c>
+      <c r="E70" t="s">
+        <v>63</v>
+      </c>
+      <c r="F70" t="s">
+        <v>205</v>
+      </c>
+      <c r="G70" t="s">
+        <v>44</v>
+      </c>
+      <c r="H70">
+        <v>2014</v>
+      </c>
+      <c r="I70"/>
+      <c r="J70" t="s">
+        <v>65</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>160</v>
+      </c>
+      <c r="M70"/>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>341</v>
+      </c>
+      <c r="P70" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>339</v>
+      </c>
+      <c r="B71" t="s">
+        <v>343</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>159</v>
+      </c>
+      <c r="E71" t="s">
+        <v>63</v>
+      </c>
+      <c r="F71" t="s">
+        <v>205</v>
+      </c>
+      <c r="G71" t="s">
+        <v>44</v>
+      </c>
+      <c r="H71">
+        <v>2014</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>38</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>160</v>
+      </c>
+      <c r="M71" t="s">
+        <v>71</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>344</v>
+      </c>
+      <c r="P71" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>346</v>
+      </c>
+      <c r="B72" t="s">
+        <v>347</v>
+      </c>
+      <c r="C72" t="s">
+        <v>61</v>
+      </c>
+      <c r="D72" t="s">
+        <v>348</v>
+      </c>
+      <c r="E72" t="s">
+        <v>63</v>
+      </c>
+      <c r="F72" t="s">
+        <v>205</v>
+      </c>
+      <c r="G72" t="s">
+        <v>44</v>
+      </c>
+      <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72"/>
+      <c r="J72" t="s">
+        <v>65</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72"/>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>349</v>
+      </c>
+      <c r="P72" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>351</v>
+      </c>
+      <c r="B73" t="s">
+        <v>352</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>348</v>
+      </c>
+      <c r="E73" t="s">
+        <v>63</v>
+      </c>
+      <c r="F73" t="s">
+        <v>205</v>
+      </c>
+      <c r="G73" t="s">
+        <v>44</v>
+      </c>
+      <c r="H73">
+        <v>2012</v>
+      </c>
+      <c r="I73"/>
+      <c r="J73" t="s">
+        <v>38</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>71</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>353</v>
+      </c>
+      <c r="P73" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>355</v>
+      </c>
+      <c r="B74" t="s">
+        <v>356</v>
+      </c>
+      <c r="C74" t="s">
+        <v>61</v>
+      </c>
+      <c r="D74" t="s">
+        <v>335</v>
+      </c>
+      <c r="E74" t="s">
+        <v>63</v>
+      </c>
+      <c r="F74" t="s">
+        <v>205</v>
+      </c>
+      <c r="G74" t="s">
+        <v>44</v>
+      </c>
+      <c r="H74">
+        <v>2011</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>65</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74"/>
+      <c r="N74" t="s">
+        <v>66</v>
+      </c>
+      <c r="O74" t="s">
+        <v>357</v>
+      </c>
+      <c r="P74" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>355</v>
+      </c>
+      <c r="B75" t="s">
+        <v>356</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>335</v>
+      </c>
+      <c r="E75" t="s">
+        <v>63</v>
+      </c>
+      <c r="F75" t="s">
+        <v>205</v>
+      </c>
+      <c r="G75" t="s">
+        <v>44</v>
+      </c>
+      <c r="H75">
+        <v>2011</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>38</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>71</v>
+      </c>
+      <c r="N75" t="s">
+        <v>66</v>
+      </c>
+      <c r="O75" t="s">
+        <v>359</v>
+      </c>
+      <c r="P75" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>361</v>
+      </c>
+      <c r="B76" t="s">
+        <v>362</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>363</v>
+      </c>
+      <c r="E76" t="s">
+        <v>63</v>
+      </c>
+      <c r="F76" t="s">
+        <v>205</v>
+      </c>
+      <c r="G76" t="s">
+        <v>44</v>
+      </c>
+      <c r="H76">
+        <v>2012</v>
+      </c>
+      <c r="I76"/>
+      <c r="J76" t="s">
+        <v>38</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>71</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>364</v>
+      </c>
+      <c r="P76" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>361</v>
+      </c>
+      <c r="B77" t="s">
+        <v>366</v>
+      </c>
+      <c r="C77" t="s">
+        <v>61</v>
+      </c>
+      <c r="D77" t="s">
+        <v>363</v>
+      </c>
+      <c r="E77" t="s">
+        <v>63</v>
+      </c>
+      <c r="F77" t="s">
+        <v>205</v>
+      </c>
+      <c r="G77" t="s">
+        <v>44</v>
+      </c>
+      <c r="H77">
+        <v>2012</v>
+      </c>
+      <c r="I77"/>
+      <c r="J77" t="s">
+        <v>65</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77"/>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>367</v>
+      </c>
+      <c r="P77" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>369</v>
+      </c>
+      <c r="B78" t="s">
+        <v>370</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>371</v>
+      </c>
+      <c r="E78" t="s">
+        <v>63</v>
+      </c>
+      <c r="F78" t="s">
+        <v>205</v>
+      </c>
+      <c r="G78" t="s">
+        <v>44</v>
+      </c>
+      <c r="H78">
+        <v>2014</v>
+      </c>
+      <c r="I78"/>
+      <c r="J78" t="s">
+        <v>38</v>
+      </c>
+      <c r="K78" t="s">
+        <v>51</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>71</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>372</v>
+      </c>
+      <c r="P78" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>369</v>
+      </c>
+      <c r="B79" t="s">
+        <v>374</v>
+      </c>
+      <c r="C79" t="s">
+        <v>61</v>
+      </c>
+      <c r="D79" t="s">
+        <v>371</v>
+      </c>
+      <c r="E79" t="s">
+        <v>63</v>
+      </c>
+      <c r="F79" t="s">
+        <v>205</v>
+      </c>
+      <c r="G79" t="s">
+        <v>44</v>
+      </c>
+      <c r="H79">
+        <v>2012</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>65</v>
+      </c>
+      <c r="K79" t="s">
+        <v>51</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79"/>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>375</v>
+      </c>
+      <c r="P79" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>377</v>
+      </c>
+      <c r="B80" t="s">
+        <v>378</v>
+      </c>
+      <c r="C80" t="s">
+        <v>61</v>
+      </c>
+      <c r="D80" t="s">
+        <v>379</v>
+      </c>
+      <c r="E80" t="s">
+        <v>63</v>
+      </c>
+      <c r="F80" t="s">
+        <v>205</v>
+      </c>
+      <c r="G80" t="s">
+        <v>44</v>
+      </c>
+      <c r="H80">
+        <v>2013</v>
+      </c>
+      <c r="I80"/>
+      <c r="J80" t="s">
+        <v>65</v>
+      </c>
+      <c r="K80" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80"/>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>380</v>
+      </c>
+      <c r="P80" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>377</v>
+      </c>
+      <c r="B81" t="s">
+        <v>382</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>379</v>
+      </c>
+      <c r="E81" t="s">
+        <v>63</v>
+      </c>
+      <c r="F81" t="s">
+        <v>205</v>
+      </c>
+      <c r="G81" t="s">
+        <v>44</v>
+      </c>
+      <c r="H81">
+        <v>2013</v>
+      </c>
+      <c r="I81"/>
+      <c r="J81" t="s">
+        <v>116</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>71</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>383</v>
+      </c>
+      <c r="P81" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>385</v>
+      </c>
+      <c r="B82" t="s">
+        <v>386</v>
+      </c>
+      <c r="C82" t="s">
+        <v>61</v>
+      </c>
+      <c r="D82" t="s">
+        <v>172</v>
+      </c>
+      <c r="E82" t="s">
+        <v>63</v>
+      </c>
+      <c r="F82" t="s">
+        <v>205</v>
+      </c>
+      <c r="G82" t="s">
+        <v>44</v>
+      </c>
+      <c r="H82">
+        <v>2013</v>
+      </c>
+      <c r="I82"/>
+      <c r="J82" t="s">
+        <v>65</v>
+      </c>
+      <c r="K82" t="s">
+        <v>173</v>
+      </c>
+      <c r="L82" t="s">
+        <v>387</v>
+      </c>
+      <c r="M82"/>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>388</v>
+      </c>
+      <c r="P82" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>385</v>
+      </c>
+      <c r="B83" t="s">
+        <v>390</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>172</v>
+      </c>
+      <c r="E83" t="s">
+        <v>63</v>
+      </c>
+      <c r="F83" t="s">
+        <v>205</v>
+      </c>
+      <c r="G83" t="s">
+        <v>44</v>
+      </c>
+      <c r="H83">
+        <v>2013</v>
+      </c>
+      <c r="I83"/>
+      <c r="J83" t="s">
+        <v>116</v>
+      </c>
+      <c r="K83" t="s">
+        <v>173</v>
+      </c>
+      <c r="L83" t="s">
+        <v>387</v>
+      </c>
+      <c r="M83" t="s">
+        <v>71</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>391</v>
+      </c>
+      <c r="P83" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>393</v>
+      </c>
+      <c r="B84" t="s">
+        <v>394</v>
+      </c>
+      <c r="C84" t="s">
+        <v>191</v>
+      </c>
+      <c r="D84" t="s">
+        <v>152</v>
+      </c>
+      <c r="E84" t="s">
+        <v>63</v>
+      </c>
+      <c r="F84" t="s">
+        <v>205</v>
+      </c>
+      <c r="G84" t="s">
+        <v>44</v>
+      </c>
+      <c r="H84">
+        <v>2012</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>65</v>
+      </c>
+      <c r="K84" t="s">
+        <v>51</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84"/>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>395</v>
+      </c>
+      <c r="P84" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>397</v>
+      </c>
+      <c r="B85" t="s">
+        <v>398</v>
+      </c>
+      <c r="C85" t="s">
+        <v>191</v>
+      </c>
+      <c r="D85" t="s">
+        <v>196</v>
+      </c>
+      <c r="E85" t="s">
+        <v>63</v>
+      </c>
+      <c r="F85" t="s">
+        <v>205</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>1992</v>
+      </c>
+      <c r="I85">
+        <v>2013</v>
+      </c>
+      <c r="J85" t="s">
+        <v>330</v>
+      </c>
+      <c r="K85" t="s">
+        <v>399</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>400</v>
+      </c>
+      <c r="N85" t="s">
+        <v>27</v>
+      </c>
+      <c r="O85" t="s">
+        <v>401</v>
+      </c>
+      <c r="P85" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>397</v>
+      </c>
+      <c r="B86" t="s">
+        <v>398</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>196</v>
+      </c>
+      <c r="E86" t="s">
+        <v>63</v>
+      </c>
+      <c r="F86" t="s">
+        <v>205</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>1992</v>
+      </c>
+      <c r="I86">
+        <v>2013</v>
+      </c>
+      <c r="J86" t="s">
+        <v>402</v>
+      </c>
+      <c r="K86" t="s">
+        <v>399</v>
+      </c>
+      <c r="L86"/>
+      <c r="M86" t="s">
+        <v>71</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>403</v>
+      </c>
+      <c r="P86" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>405</v>
+      </c>
+      <c r="B87" t="s">
+        <v>406</v>
+      </c>
+      <c r="C87" t="s">
+        <v>61</v>
+      </c>
+      <c r="D87" t="s">
+        <v>407</v>
+      </c>
+      <c r="E87" t="s">
+        <v>63</v>
+      </c>
+      <c r="F87" t="s">
+        <v>205</v>
+      </c>
+      <c r="G87" t="s">
+        <v>44</v>
+      </c>
+      <c r="H87">
+        <v>2009</v>
+      </c>
+      <c r="I87"/>
+      <c r="J87" t="s">
+        <v>65</v>
+      </c>
+      <c r="K87" t="s">
+        <v>24</v>
+      </c>
+      <c r="L87"/>
+      <c r="M87"/>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>408</v>
+      </c>
+      <c r="P87" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>410</v>
+      </c>
+      <c r="B88" t="s">
+        <v>411</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>412</v>
+      </c>
+      <c r="E88" t="s">
+        <v>63</v>
+      </c>
+      <c r="F88" t="s">
+        <v>205</v>
+      </c>
+      <c r="G88" t="s">
+        <v>44</v>
+      </c>
+      <c r="H88">
+        <v>2013</v>
+      </c>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>23</v>
+      </c>
+      <c r="K88" t="s">
+        <v>24</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>71</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>413</v>
+      </c>
+      <c r="P88" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>415</v>
+      </c>
+      <c r="B89" t="s">
+        <v>416</v>
+      </c>
+      <c r="C89" t="s">
+        <v>61</v>
+      </c>
+      <c r="D89" t="s">
+        <v>417</v>
+      </c>
+      <c r="E89" t="s">
+        <v>63</v>
+      </c>
+      <c r="F89" t="s">
+        <v>205</v>
+      </c>
+      <c r="G89" t="s">
+        <v>44</v>
+      </c>
+      <c r="H89">
+        <v>2015</v>
+      </c>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>65</v>
+      </c>
+      <c r="K89" t="s">
+        <v>24</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89"/>
+      <c r="N89" t="s">
+        <v>66</v>
+      </c>
+      <c r="O89" t="s">
+        <v>418</v>
+      </c>
+      <c r="P89" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>420</v>
+      </c>
+      <c r="B90" t="s">
+        <v>421</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>417</v>
+      </c>
+      <c r="E90" t="s">
+        <v>63</v>
+      </c>
+      <c r="F90" t="s">
+        <v>205</v>
+      </c>
+      <c r="G90" t="s">
+        <v>44</v>
+      </c>
+      <c r="H90">
+        <v>2015</v>
+      </c>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>38</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>71</v>
+      </c>
+      <c r="N90" t="s">
+        <v>66</v>
+      </c>
+      <c r="O90" t="s">
+        <v>422</v>
+      </c>
+      <c r="P90" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>424</v>
+      </c>
+      <c r="B91" t="s">
+        <v>425</v>
+      </c>
+      <c r="C91" t="s">
+        <v>426</v>
+      </c>
+      <c r="D91" t="s">
+        <v>427</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
         <v>21</v>
       </c>
-      <c r="K69"/>
-[...29 lines deleted...]
-      <c r="G70">
+      <c r="G91" t="s">
+        <v>22</v>
+      </c>
+      <c r="H91">
+        <v>2012</v>
+      </c>
+      <c r="I91">
+        <v>2020</v>
+      </c>
+      <c r="J91" t="s">
+        <v>428</v>
+      </c>
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91" t="s">
+        <v>429</v>
+      </c>
+      <c r="M91" t="s">
+        <v>430</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>431</v>
+      </c>
+      <c r="P91" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>433</v>
+      </c>
+      <c r="B92" t="s">
+        <v>434</v>
+      </c>
+      <c r="C92" t="s">
+        <v>426</v>
+      </c>
+      <c r="D92" t="s">
+        <v>32</v>
+      </c>
+      <c r="E92" t="s">
+        <v>20</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+      <c r="G92" t="s">
+        <v>22</v>
+      </c>
+      <c r="H92">
+        <v>2017</v>
+      </c>
+      <c r="I92">
+        <v>2021</v>
+      </c>
+      <c r="J92" t="s">
+        <v>435</v>
+      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>430</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>436</v>
+      </c>
+      <c r="P92" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>438</v>
+      </c>
+      <c r="B93" t="s">
+        <v>439</v>
+      </c>
+      <c r="C93" t="s">
+        <v>426</v>
+      </c>
+      <c r="D93" t="s">
+        <v>440</v>
+      </c>
+      <c r="E93" t="s">
+        <v>20</v>
+      </c>
+      <c r="F93" t="s">
+        <v>21</v>
+      </c>
+      <c r="G93" t="s">
+        <v>44</v>
+      </c>
+      <c r="H93">
+        <v>2018</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>441</v>
+      </c>
+      <c r="K93" t="s">
+        <v>24</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" t="s">
+        <v>430</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>442</v>
+      </c>
+      <c r="P93" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>444</v>
+      </c>
+      <c r="B94" t="s">
+        <v>445</v>
+      </c>
+      <c r="C94" t="s">
+        <v>426</v>
+      </c>
+      <c r="D94" t="s">
+        <v>446</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>21</v>
+      </c>
+      <c r="G94" t="s">
+        <v>22</v>
+      </c>
+      <c r="H94">
+        <v>2010</v>
+      </c>
+      <c r="I94">
         <v>2014</v>
       </c>
-      <c r="H70"/>
-[...3 lines deleted...]
-      <c r="J70" t="s">
+      <c r="J94" t="s">
+        <v>441</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>430</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>447</v>
+      </c>
+      <c r="P94" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>449</v>
+      </c>
+      <c r="B95" t="s">
+        <v>450</v>
+      </c>
+      <c r="C95" t="s">
+        <v>426</v>
+      </c>
+      <c r="D95" t="s">
+        <v>451</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
         <v>21</v>
       </c>
-      <c r="K70" t="s">
-[...29 lines deleted...]
-      <c r="G71">
+      <c r="G95" t="s">
+        <v>22</v>
+      </c>
+      <c r="H95">
         <v>2014</v>
       </c>
-      <c r="H71"/>
-[...3 lines deleted...]
-      <c r="J71" t="s">
+      <c r="I95">
+        <v>2020</v>
+      </c>
+      <c r="J95" t="s">
+        <v>428</v>
+      </c>
+      <c r="K95" t="s">
+        <v>24</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>430</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>452</v>
+      </c>
+      <c r="P95" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>454</v>
+      </c>
+      <c r="B96" t="s">
+        <v>455</v>
+      </c>
+      <c r="C96" t="s">
+        <v>426</v>
+      </c>
+      <c r="D96" t="s">
+        <v>456</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
         <v>21</v>
       </c>
-      <c r="K71" t="s">
-[...38 lines deleted...]
-      <c r="J72" t="s">
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>2013</v>
+      </c>
+      <c r="I96">
+        <v>2020</v>
+      </c>
+      <c r="J96" t="s">
+        <v>428</v>
+      </c>
+      <c r="K96" t="s">
+        <v>24</v>
+      </c>
+      <c r="L96" t="s">
+        <v>457</v>
+      </c>
+      <c r="M96" t="s">
+        <v>430</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>458</v>
+      </c>
+      <c r="P96" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>460</v>
+      </c>
+      <c r="B97" t="s">
+        <v>461</v>
+      </c>
+      <c r="C97" t="s">
+        <v>426</v>
+      </c>
+      <c r="D97" t="s">
+        <v>462</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
         <v>21</v>
       </c>
-      <c r="K72"/>
-[...34 lines deleted...]
-      <c r="J73" t="s">
+      <c r="G97" t="s">
+        <v>44</v>
+      </c>
+      <c r="H97">
+        <v>2019</v>
+      </c>
+      <c r="I97"/>
+      <c r="J97" t="s">
+        <v>441</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>430</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>463</v>
+      </c>
+      <c r="P97" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>465</v>
+      </c>
+      <c r="B98" t="s">
+        <v>466</v>
+      </c>
+      <c r="C98" t="s">
+        <v>426</v>
+      </c>
+      <c r="D98" t="s">
+        <v>467</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
         <v>21</v>
       </c>
-      <c r="K73"/>
-[...36 lines deleted...]
-      <c r="J74" t="s">
+      <c r="G98" t="s">
+        <v>22</v>
+      </c>
+      <c r="H98">
+        <v>2014</v>
+      </c>
+      <c r="I98">
+        <v>2020</v>
+      </c>
+      <c r="J98" t="s">
+        <v>441</v>
+      </c>
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98"/>
+      <c r="M98" t="s">
+        <v>430</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>468</v>
+      </c>
+      <c r="P98" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>470</v>
+      </c>
+      <c r="B99" t="s">
+        <v>439</v>
+      </c>
+      <c r="C99" t="s">
+        <v>426</v>
+      </c>
+      <c r="D99" t="s">
+        <v>471</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
         <v>21</v>
       </c>
-      <c r="K74"/>
-[...34 lines deleted...]
-      <c r="J75" t="s">
+      <c r="G99" t="s">
+        <v>22</v>
+      </c>
+      <c r="H99">
+        <v>2010</v>
+      </c>
+      <c r="I99">
+        <v>2018</v>
+      </c>
+      <c r="J99" t="s">
+        <v>441</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>472</v>
+      </c>
+      <c r="M99" t="s">
+        <v>430</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>473</v>
+      </c>
+      <c r="P99" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>475</v>
+      </c>
+      <c r="B100" t="s">
+        <v>476</v>
+      </c>
+      <c r="C100" t="s">
+        <v>426</v>
+      </c>
+      <c r="D100" t="s">
+        <v>477</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
         <v>21</v>
       </c>
-      <c r="K75"/>
-[...36 lines deleted...]
-      <c r="J76" t="s">
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2014</v>
+      </c>
+      <c r="I100">
+        <v>2019</v>
+      </c>
+      <c r="J100" t="s">
+        <v>428</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>430</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>478</v>
+      </c>
+      <c r="P100" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>480</v>
+      </c>
+      <c r="B101" t="s">
+        <v>481</v>
+      </c>
+      <c r="C101" t="s">
+        <v>426</v>
+      </c>
+      <c r="D101" t="s">
+        <v>37</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
         <v>21</v>
       </c>
-      <c r="K76"/>
-[...36 lines deleted...]
-      <c r="J77" t="s">
+      <c r="G101" t="s">
+        <v>22</v>
+      </c>
+      <c r="H101">
+        <v>2017</v>
+      </c>
+      <c r="I101">
+        <v>2020</v>
+      </c>
+      <c r="J101" t="s">
+        <v>441</v>
+      </c>
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>430</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>482</v>
+      </c>
+      <c r="P101" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>484</v>
+      </c>
+      <c r="B102" t="s">
+        <v>485</v>
+      </c>
+      <c r="C102" t="s">
+        <v>426</v>
+      </c>
+      <c r="D102" t="s">
+        <v>486</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
         <v>21</v>
       </c>
-      <c r="K77"/>
-[...112 lines deleted...]
-      <c r="J80" t="s">
+      <c r="G102" t="s">
+        <v>22</v>
+      </c>
+      <c r="H102">
+        <v>2009</v>
+      </c>
+      <c r="I102">
+        <v>2019</v>
+      </c>
+      <c r="J102" t="s">
+        <v>428</v>
+      </c>
+      <c r="K102" t="s">
+        <v>487</v>
+      </c>
+      <c r="L102" t="s">
+        <v>488</v>
+      </c>
+      <c r="M102" t="s">
+        <v>430</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>489</v>
+      </c>
+      <c r="P102" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>491</v>
+      </c>
+      <c r="B103" t="s">
+        <v>492</v>
+      </c>
+      <c r="C103" t="s">
+        <v>426</v>
+      </c>
+      <c r="D103" t="s">
+        <v>493</v>
+      </c>
+      <c r="E103" t="s">
+        <v>20</v>
+      </c>
+      <c r="F103" t="s">
         <v>21</v>
       </c>
-      <c r="K80"/>
-[...34 lines deleted...]
-      <c r="J81" t="s">
+      <c r="G103" t="s">
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2016</v>
+      </c>
+      <c r="I103">
+        <v>2020</v>
+      </c>
+      <c r="J103" t="s">
+        <v>428</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103" t="s">
+        <v>494</v>
+      </c>
+      <c r="M103" t="s">
+        <v>430</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>495</v>
+      </c>
+      <c r="P103" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>497</v>
+      </c>
+      <c r="B104" t="s">
+        <v>498</v>
+      </c>
+      <c r="C104" t="s">
+        <v>499</v>
+      </c>
+      <c r="D104" t="s">
+        <v>500</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>64</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>2010</v>
+      </c>
+      <c r="I104">
+        <v>2017</v>
+      </c>
+      <c r="J104" t="s">
+        <v>435</v>
+      </c>
+      <c r="K104" t="s">
+        <v>501</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>502</v>
+      </c>
+      <c r="N104" t="s">
+        <v>503</v>
+      </c>
+      <c r="O104" t="s">
+        <v>504</v>
+      </c>
+      <c r="P104" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>506</v>
+      </c>
+      <c r="B105" t="s">
+        <v>507</v>
+      </c>
+      <c r="C105" t="s">
+        <v>61</v>
+      </c>
+      <c r="D105" t="s">
+        <v>508</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
         <v>21</v>
       </c>
-      <c r="K81"/>
-[...240 lines deleted...]
-      <c r="J87" t="s">
+      <c r="G105" t="s">
+        <v>44</v>
+      </c>
+      <c r="H105">
+        <v>2015</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>509</v>
+      </c>
+      <c r="K105" t="s">
+        <v>270</v>
+      </c>
+      <c r="L105" t="s">
+        <v>387</v>
+      </c>
+      <c r="M105" t="s">
+        <v>510</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>511</v>
+      </c>
+      <c r="P105" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>506</v>
+      </c>
+      <c r="B106" t="s">
+        <v>513</v>
+      </c>
+      <c r="C106" t="s">
+        <v>61</v>
+      </c>
+      <c r="D106" t="s">
+        <v>513</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
         <v>21</v>
       </c>
-      <c r="K87"/>
-[...31 lines deleted...]
-      <c r="I88" t="s">
+      <c r="G106" t="s">
+        <v>44</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106"/>
+      <c r="J106" t="s">
+        <v>509</v>
+      </c>
+      <c r="K106" t="s">
+        <v>270</v>
+      </c>
+      <c r="L106" t="s">
+        <v>387</v>
+      </c>
+      <c r="M106" t="s">
+        <v>510</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>514</v>
+      </c>
+      <c r="P106" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>506</v>
+      </c>
+      <c r="B107" t="s">
+        <v>515</v>
+      </c>
+      <c r="C107" t="s">
+        <v>61</v>
+      </c>
+      <c r="D107" t="s">
+        <v>43</v>
+      </c>
+      <c r="E107" t="s">
         <v>20</v>
       </c>
-      <c r="J88" t="s">
+      <c r="F107" t="s">
         <v>21</v>
       </c>
-      <c r="K88"/>
-[...29 lines deleted...]
-      <c r="G89">
+      <c r="G107" t="s">
+        <v>44</v>
+      </c>
+      <c r="H107">
         <v>2015</v>
       </c>
-      <c r="H89"/>
-[...3 lines deleted...]
-      <c r="J89" t="s">
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>509</v>
+      </c>
+      <c r="K107" t="s">
+        <v>516</v>
+      </c>
+      <c r="L107" t="s">
+        <v>387</v>
+      </c>
+      <c r="M107" t="s">
+        <v>510</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>517</v>
+      </c>
+      <c r="P107" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>506</v>
+      </c>
+      <c r="B108" t="s">
+        <v>518</v>
+      </c>
+      <c r="C108" t="s">
+        <v>61</v>
+      </c>
+      <c r="D108" t="s">
+        <v>519</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
         <v>21</v>
       </c>
-      <c r="K89"/>
-[...27 lines deleted...]
-      <c r="G90">
+      <c r="G108" t="s">
+        <v>44</v>
+      </c>
+      <c r="H108">
         <v>2015</v>
       </c>
-      <c r="H90"/>
-[...3 lines deleted...]
-      <c r="J90" t="s">
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>509</v>
+      </c>
+      <c r="K108" t="s">
+        <v>24</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>510</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>520</v>
+      </c>
+      <c r="P108" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>506</v>
+      </c>
+      <c r="B109" t="s">
+        <v>521</v>
+      </c>
+      <c r="C109" t="s">
+        <v>61</v>
+      </c>
+      <c r="D109" t="s">
+        <v>109</v>
+      </c>
+      <c r="E109" t="s">
+        <v>20</v>
+      </c>
+      <c r="F109" t="s">
         <v>21</v>
       </c>
-      <c r="K90"/>
-[...790 lines deleted...]
-        <v>2015</v>
+      <c r="G109" t="s">
+        <v>22</v>
       </c>
       <c r="H109">
         <v>2015</v>
       </c>
-      <c r="I109" t="s">
-        <v>311</v>
+      <c r="I109">
+        <v>2015</v>
       </c>
       <c r="J109" t="s">
+        <v>509</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>387</v>
+      </c>
+      <c r="M109" t="s">
+        <v>510</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>522</v>
+      </c>
+      <c r="P109" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>506</v>
+      </c>
+      <c r="B110" t="s">
+        <v>523</v>
+      </c>
+      <c r="C110" t="s">
+        <v>61</v>
+      </c>
+      <c r="D110" t="s">
+        <v>524</v>
+      </c>
+      <c r="E110" t="s">
+        <v>20</v>
+      </c>
+      <c r="F110" t="s">
         <v>21</v>
       </c>
-      <c r="K109" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G110" t="s">
+        <v>22</v>
       </c>
       <c r="H110">
         <v>2015</v>
       </c>
-      <c r="I110" t="s">
-        <v>311</v>
+      <c r="I110">
+        <v>2015</v>
       </c>
       <c r="J110" t="s">
+        <v>509</v>
+      </c>
+      <c r="K110" t="s">
+        <v>24</v>
+      </c>
+      <c r="L110" t="s">
+        <v>387</v>
+      </c>
+      <c r="M110" t="s">
+        <v>510</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>525</v>
+      </c>
+      <c r="P110" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>506</v>
+      </c>
+      <c r="B111" t="s">
+        <v>526</v>
+      </c>
+      <c r="C111" t="s">
+        <v>61</v>
+      </c>
+      <c r="D111" t="s">
+        <v>486</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
         <v>21</v>
       </c>
-      <c r="K110" t="s">
-[...32 lines deleted...]
-        <v>2015</v>
+      <c r="G111" t="s">
+        <v>22</v>
       </c>
       <c r="H111">
         <v>2015</v>
       </c>
-      <c r="I111" t="s">
-        <v>311</v>
+      <c r="I111">
+        <v>2015</v>
       </c>
       <c r="J111" t="s">
+        <v>509</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>387</v>
+      </c>
+      <c r="M111" t="s">
+        <v>510</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>527</v>
+      </c>
+      <c r="P111" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>528</v>
+      </c>
+      <c r="B112" t="s">
+        <v>529</v>
+      </c>
+      <c r="C112" t="s">
+        <v>530</v>
+      </c>
+      <c r="D112" t="s">
+        <v>32</v>
+      </c>
+      <c r="E112" t="s">
+        <v>20</v>
+      </c>
+      <c r="F112" t="s">
         <v>21</v>
       </c>
-      <c r="K111" t="s">
-[...28 lines deleted...]
-      <c r="F112" t="s">
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>1994</v>
+      </c>
+      <c r="I112">
+        <v>2020</v>
+      </c>
+      <c r="J112" t="s">
+        <v>531</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>532</v>
+      </c>
+      <c r="M112" t="s">
+        <v>533</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>534</v>
+      </c>
+      <c r="P112" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>536</v>
+      </c>
+      <c r="B113" t="s">
+        <v>537</v>
+      </c>
+      <c r="C113" t="s">
+        <v>530</v>
+      </c>
+      <c r="D113" t="s">
+        <v>37</v>
+      </c>
+      <c r="E113" t="s">
+        <v>20</v>
+      </c>
+      <c r="F113" t="s">
+        <v>21</v>
+      </c>
+      <c r="G113" t="s">
+        <v>22</v>
+      </c>
+      <c r="H113">
+        <v>2001</v>
+      </c>
+      <c r="I113">
+        <v>2019</v>
+      </c>
+      <c r="J113" t="s">
+        <v>531</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113" t="s">
+        <v>538</v>
+      </c>
+      <c r="M113" t="s">
+        <v>533</v>
+      </c>
+      <c r="N113" t="s">
+        <v>27</v>
+      </c>
+      <c r="O113" t="s">
+        <v>539</v>
+      </c>
+      <c r="P113" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>541</v>
+      </c>
+      <c r="B114" t="s">
+        <v>542</v>
+      </c>
+      <c r="C114" t="s">
+        <v>543</v>
+      </c>
+      <c r="D114" t="s">
+        <v>544</v>
+      </c>
+      <c r="E114" t="s">
+        <v>20</v>
+      </c>
+      <c r="F114" t="s">
+        <v>64</v>
+      </c>
+      <c r="G114" t="s">
+        <v>22</v>
+      </c>
+      <c r="H114">
+        <v>2008</v>
+      </c>
+      <c r="I114">
+        <v>2015</v>
+      </c>
+      <c r="J114" t="s">
+        <v>545</v>
+      </c>
+      <c r="K114" t="s">
+        <v>501</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>546</v>
+      </c>
+      <c r="N114" t="s">
+        <v>503</v>
+      </c>
+      <c r="O114" t="s">
+        <v>547</v>
+      </c>
+      <c r="P114" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>549</v>
+      </c>
+      <c r="B115" t="s">
+        <v>550</v>
+      </c>
+      <c r="C115" t="s">
+        <v>543</v>
+      </c>
+      <c r="D115" t="s">
+        <v>551</v>
+      </c>
+      <c r="E115" t="s">
+        <v>20</v>
+      </c>
+      <c r="F115" t="s">
+        <v>64</v>
+      </c>
+      <c r="G115" t="s">
+        <v>22</v>
+      </c>
+      <c r="H115">
+        <v>2008</v>
+      </c>
+      <c r="I115">
+        <v>2015</v>
+      </c>
+      <c r="J115" t="s">
+        <v>545</v>
+      </c>
+      <c r="K115" t="s">
+        <v>501</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>546</v>
+      </c>
+      <c r="N115" t="s">
+        <v>503</v>
+      </c>
+      <c r="O115" t="s">
+        <v>552</v>
+      </c>
+      <c r="P115" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>554</v>
+      </c>
+      <c r="B116" t="s">
+        <v>555</v>
+      </c>
+      <c r="C116" t="s">
+        <v>543</v>
+      </c>
+      <c r="D116" t="s">
+        <v>556</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>64</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2008</v>
+      </c>
+      <c r="I116">
+        <v>2015</v>
+      </c>
+      <c r="J116" t="s">
+        <v>545</v>
+      </c>
+      <c r="K116" t="s">
+        <v>501</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>546</v>
+      </c>
+      <c r="N116" t="s">
+        <v>503</v>
+      </c>
+      <c r="O116" t="s">
+        <v>557</v>
+      </c>
+      <c r="P116" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>559</v>
+      </c>
+      <c r="B117" t="s">
+        <v>560</v>
+      </c>
+      <c r="C117" t="s">
+        <v>561</v>
+      </c>
+      <c r="D117" t="s">
+        <v>477</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>205</v>
+      </c>
+      <c r="G117" t="s">
+        <v>44</v>
+      </c>
+      <c r="H117">
+        <v>2011</v>
+      </c>
+      <c r="I117"/>
+      <c r="J117" t="s">
+        <v>562</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>563</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>564</v>
+      </c>
+      <c r="P117" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>566</v>
+      </c>
+      <c r="B118" t="s">
+        <v>567</v>
+      </c>
+      <c r="C118" t="s">
+        <v>561</v>
+      </c>
+      <c r="D118" t="s">
+        <v>379</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>205</v>
+      </c>
+      <c r="G118" t="s">
+        <v>44</v>
+      </c>
+      <c r="H118">
+        <v>1985</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>562</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118" t="s">
+        <v>568</v>
+      </c>
+      <c r="M118" t="s">
+        <v>563</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>569</v>
+      </c>
+      <c r="P118" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>571</v>
+      </c>
+      <c r="B119" t="s">
+        <v>572</v>
+      </c>
+      <c r="C119" t="s">
+        <v>561</v>
+      </c>
+      <c r="D119" t="s">
+        <v>471</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>205</v>
+      </c>
+      <c r="G119" t="s">
+        <v>44</v>
+      </c>
+      <c r="H119">
+        <v>1984</v>
+      </c>
+      <c r="I119"/>
+      <c r="J119" t="s">
+        <v>562</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119" t="s">
+        <v>573</v>
+      </c>
+      <c r="M119" t="s">
+        <v>563</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>574</v>
+      </c>
+      <c r="P119" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>576</v>
+      </c>
+      <c r="B120" t="s">
+        <v>577</v>
+      </c>
+      <c r="C120" t="s">
+        <v>561</v>
+      </c>
+      <c r="D120" t="s">
+        <v>578</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>205</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>1987</v>
+      </c>
+      <c r="I120">
+        <v>1988</v>
+      </c>
+      <c r="J120" t="s">
+        <v>562</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120"/>
+      <c r="M120" t="s">
+        <v>563</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>579</v>
+      </c>
+      <c r="P120" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>581</v>
+      </c>
+      <c r="B121" t="s">
+        <v>582</v>
+      </c>
+      <c r="C121" t="s">
+        <v>561</v>
+      </c>
+      <c r="D121" t="s">
+        <v>32</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>205</v>
+      </c>
+      <c r="G121" t="s">
+        <v>44</v>
+      </c>
+      <c r="H121">
+        <v>1989</v>
+      </c>
+      <c r="I121"/>
+      <c r="J121" t="s">
+        <v>531</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121"/>
+      <c r="M121" t="s">
+        <v>563</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>583</v>
+      </c>
+      <c r="P121" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>585</v>
+      </c>
+      <c r="B122" t="s">
+        <v>586</v>
+      </c>
+      <c r="C122" t="s">
+        <v>561</v>
+      </c>
+      <c r="D122" t="s">
+        <v>50</v>
+      </c>
+      <c r="E122" t="s">
+        <v>20</v>
+      </c>
+      <c r="F122" t="s">
+        <v>205</v>
+      </c>
+      <c r="G122" t="s">
+        <v>22</v>
+      </c>
+      <c r="H122">
+        <v>1987</v>
+      </c>
+      <c r="I122">
+        <v>1988</v>
+      </c>
+      <c r="J122" t="s">
+        <v>562</v>
+      </c>
+      <c r="K122" t="s">
+        <v>24</v>
+      </c>
+      <c r="L122" t="s">
+        <v>587</v>
+      </c>
+      <c r="M122" t="s">
+        <v>563</v>
+      </c>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>588</v>
+      </c>
+      <c r="P122" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>590</v>
+      </c>
+      <c r="B123" t="s">
+        <v>591</v>
+      </c>
+      <c r="C123" t="s">
+        <v>561</v>
+      </c>
+      <c r="D123" t="s">
         <v>19</v>
       </c>
-      <c r="G112">
-[...8 lines deleted...]
-      <c r="J112" t="s">
+      <c r="E123" t="s">
+        <v>20</v>
+      </c>
+      <c r="F123" t="s">
+        <v>205</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>1989</v>
+      </c>
+      <c r="I123">
+        <v>1991</v>
+      </c>
+      <c r="J123" t="s">
+        <v>562</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>592</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>593</v>
+      </c>
+      <c r="P123" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>595</v>
+      </c>
+      <c r="B124" t="s">
+        <v>596</v>
+      </c>
+      <c r="C124" t="s">
+        <v>561</v>
+      </c>
+      <c r="D124" t="s">
+        <v>37</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>205</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>1989</v>
+      </c>
+      <c r="I124">
+        <v>2015</v>
+      </c>
+      <c r="J124" t="s">
+        <v>597</v>
+      </c>
+      <c r="K124" t="s">
+        <v>24</v>
+      </c>
+      <c r="L124"/>
+      <c r="M124" t="s">
+        <v>563</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>598</v>
+      </c>
+      <c r="P124" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>600</v>
+      </c>
+      <c r="B125" t="s">
+        <v>601</v>
+      </c>
+      <c r="C125" t="s">
+        <v>561</v>
+      </c>
+      <c r="D125" t="s">
+        <v>259</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>205</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>1989</v>
+      </c>
+      <c r="I125">
+        <v>1992</v>
+      </c>
+      <c r="J125" t="s">
+        <v>597</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>563</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>602</v>
+      </c>
+      <c r="P125" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>604</v>
+      </c>
+      <c r="B126" t="s">
+        <v>605</v>
+      </c>
+      <c r="C126" t="s">
+        <v>561</v>
+      </c>
+      <c r="D126" t="s">
+        <v>37</v>
+      </c>
+      <c r="E126" t="s">
+        <v>20</v>
+      </c>
+      <c r="F126" t="s">
+        <v>205</v>
+      </c>
+      <c r="G126" t="s">
+        <v>44</v>
+      </c>
+      <c r="H126">
+        <v>1989</v>
+      </c>
+      <c r="I126"/>
+      <c r="J126" t="s">
+        <v>562</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
+      <c r="M126" t="s">
+        <v>563</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>606</v>
+      </c>
+      <c r="P126" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>608</v>
+      </c>
+      <c r="B127" t="s">
+        <v>609</v>
+      </c>
+      <c r="C127" t="s">
+        <v>561</v>
+      </c>
+      <c r="D127" t="s">
+        <v>486</v>
+      </c>
+      <c r="E127" t="s">
+        <v>20</v>
+      </c>
+      <c r="F127" t="s">
+        <v>205</v>
+      </c>
+      <c r="G127" t="s">
+        <v>44</v>
+      </c>
+      <c r="H127">
+        <v>1984</v>
+      </c>
+      <c r="I127"/>
+      <c r="J127" t="s">
+        <v>562</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127" t="s">
+        <v>610</v>
+      </c>
+      <c r="M127" t="s">
+        <v>563</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>611</v>
+      </c>
+      <c r="P127" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>613</v>
+      </c>
+      <c r="B128" t="s">
+        <v>614</v>
+      </c>
+      <c r="C128" t="s">
+        <v>561</v>
+      </c>
+      <c r="D128" t="s">
+        <v>615</v>
+      </c>
+      <c r="E128" t="s">
+        <v>20</v>
+      </c>
+      <c r="F128" t="s">
+        <v>205</v>
+      </c>
+      <c r="G128" t="s">
+        <v>44</v>
+      </c>
+      <c r="H128">
+        <v>1990</v>
+      </c>
+      <c r="I128"/>
+      <c r="J128" t="s">
+        <v>562</v>
+      </c>
+      <c r="K128" t="s">
+        <v>24</v>
+      </c>
+      <c r="L128"/>
+      <c r="M128" t="s">
+        <v>563</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>616</v>
+      </c>
+      <c r="P128" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>618</v>
+      </c>
+      <c r="B129" t="s">
+        <v>619</v>
+      </c>
+      <c r="C129" t="s">
+        <v>561</v>
+      </c>
+      <c r="D129" t="s">
+        <v>37</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>205</v>
+      </c>
+      <c r="G129" t="s">
+        <v>44</v>
+      </c>
+      <c r="H129">
+        <v>1989</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>562</v>
+      </c>
+      <c r="K129" t="s">
+        <v>24</v>
+      </c>
+      <c r="L129"/>
+      <c r="M129" t="s">
+        <v>563</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>620</v>
+      </c>
+      <c r="P129" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>622</v>
+      </c>
+      <c r="B130" t="s">
+        <v>623</v>
+      </c>
+      <c r="C130" t="s">
+        <v>561</v>
+      </c>
+      <c r="D130" t="s">
+        <v>467</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>205</v>
+      </c>
+      <c r="G130" t="s">
+        <v>44</v>
+      </c>
+      <c r="H130">
+        <v>1983</v>
+      </c>
+      <c r="I130"/>
+      <c r="J130" t="s">
+        <v>562</v>
+      </c>
+      <c r="K130" t="s">
+        <v>24</v>
+      </c>
+      <c r="L130" t="s">
+        <v>624</v>
+      </c>
+      <c r="M130" t="s">
+        <v>563</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>625</v>
+      </c>
+      <c r="P130" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>627</v>
+      </c>
+      <c r="B131" t="s">
+        <v>628</v>
+      </c>
+      <c r="C131" t="s">
+        <v>561</v>
+      </c>
+      <c r="D131" t="s">
+        <v>43</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>205</v>
+      </c>
+      <c r="G131" t="s">
+        <v>44</v>
+      </c>
+      <c r="H131">
+        <v>2011</v>
+      </c>
+      <c r="I131"/>
+      <c r="J131" t="s">
+        <v>562</v>
+      </c>
+      <c r="K131" t="s">
+        <v>629</v>
+      </c>
+      <c r="L131"/>
+      <c r="M131" t="s">
+        <v>563</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>630</v>
+      </c>
+      <c r="P131" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>632</v>
+      </c>
+      <c r="B132" t="s">
+        <v>633</v>
+      </c>
+      <c r="C132" t="s">
+        <v>561</v>
+      </c>
+      <c r="D132" t="s">
+        <v>493</v>
+      </c>
+      <c r="E132" t="s">
+        <v>20</v>
+      </c>
+      <c r="F132" t="s">
+        <v>205</v>
+      </c>
+      <c r="G132" t="s">
+        <v>22</v>
+      </c>
+      <c r="H132">
+        <v>1986</v>
+      </c>
+      <c r="I132">
+        <v>1988</v>
+      </c>
+      <c r="J132" t="s">
+        <v>562</v>
+      </c>
+      <c r="K132" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132"/>
+      <c r="M132" t="s">
+        <v>563</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>634</v>
+      </c>
+      <c r="P132" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>636</v>
+      </c>
+      <c r="B133" t="s">
+        <v>637</v>
+      </c>
+      <c r="C133" t="s">
+        <v>561</v>
+      </c>
+      <c r="D133" t="s">
+        <v>32</v>
+      </c>
+      <c r="E133" t="s">
+        <v>20</v>
+      </c>
+      <c r="F133" t="s">
+        <v>205</v>
+      </c>
+      <c r="G133" t="s">
+        <v>44</v>
+      </c>
+      <c r="H133">
+        <v>1987</v>
+      </c>
+      <c r="I133"/>
+      <c r="J133" t="s">
+        <v>531</v>
+      </c>
+      <c r="K133" t="s">
+        <v>24</v>
+      </c>
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>563</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>638</v>
+      </c>
+      <c r="P133" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>640</v>
+      </c>
+      <c r="B134" t="s">
+        <v>641</v>
+      </c>
+      <c r="C134" t="s">
+        <v>561</v>
+      </c>
+      <c r="D134" t="s">
+        <v>130</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>205</v>
+      </c>
+      <c r="G134" t="s">
+        <v>44</v>
+      </c>
+      <c r="H134">
+        <v>1987</v>
+      </c>
+      <c r="I134"/>
+      <c r="J134" t="s">
+        <v>562</v>
+      </c>
+      <c r="K134" t="s">
+        <v>24</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>563</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>642</v>
+      </c>
+      <c r="P134" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>644</v>
+      </c>
+      <c r="B135" t="s">
+        <v>645</v>
+      </c>
+      <c r="C135" t="s">
+        <v>561</v>
+      </c>
+      <c r="D135" t="s">
+        <v>646</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>205</v>
+      </c>
+      <c r="G135" t="s">
+        <v>44</v>
+      </c>
+      <c r="H135">
+        <v>1986</v>
+      </c>
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>562</v>
+      </c>
+      <c r="K135" t="s">
+        <v>24</v>
+      </c>
+      <c r="L135"/>
+      <c r="M135" t="s">
+        <v>563</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>647</v>
+      </c>
+      <c r="P135" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>649</v>
+      </c>
+      <c r="B136" t="s">
+        <v>650</v>
+      </c>
+      <c r="C136" t="s">
+        <v>561</v>
+      </c>
+      <c r="D136" t="s">
+        <v>651</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>205</v>
+      </c>
+      <c r="G136" t="s">
+        <v>44</v>
+      </c>
+      <c r="H136">
+        <v>1986</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>562</v>
+      </c>
+      <c r="K136" t="s">
+        <v>24</v>
+      </c>
+      <c r="L136" t="s">
+        <v>652</v>
+      </c>
+      <c r="M136" t="s">
+        <v>563</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>653</v>
+      </c>
+      <c r="P136" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>655</v>
+      </c>
+      <c r="B137" t="s">
+        <v>656</v>
+      </c>
+      <c r="C137" t="s">
+        <v>561</v>
+      </c>
+      <c r="D137" t="s">
+        <v>109</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>205</v>
+      </c>
+      <c r="G137" t="s">
+        <v>44</v>
+      </c>
+      <c r="H137">
+        <v>1984</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>562</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137" t="s">
+        <v>657</v>
+      </c>
+      <c r="M137" t="s">
+        <v>592</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>658</v>
+      </c>
+      <c r="P137" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>660</v>
+      </c>
+      <c r="B138" t="s">
+        <v>661</v>
+      </c>
+      <c r="C138" t="s">
+        <v>561</v>
+      </c>
+      <c r="D138" t="s">
+        <v>477</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>64</v>
+      </c>
+      <c r="G138" t="s">
+        <v>22</v>
+      </c>
+      <c r="H138">
+        <v>1999</v>
+      </c>
+      <c r="I138">
+        <v>2000</v>
+      </c>
+      <c r="J138" t="s">
+        <v>562</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138" t="s">
+        <v>662</v>
+      </c>
+      <c r="M138" t="s">
+        <v>592</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>663</v>
+      </c>
+      <c r="P138" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>665</v>
+      </c>
+      <c r="B139" t="s">
+        <v>666</v>
+      </c>
+      <c r="C139" t="s">
+        <v>561</v>
+      </c>
+      <c r="D139" t="s">
+        <v>578</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>64</v>
+      </c>
+      <c r="G139" t="s">
+        <v>22</v>
+      </c>
+      <c r="H139">
+        <v>2011</v>
+      </c>
+      <c r="I139">
+        <v>2014</v>
+      </c>
+      <c r="J139" t="s">
+        <v>562</v>
+      </c>
+      <c r="K139" t="s">
+        <v>24</v>
+      </c>
+      <c r="L139" t="s">
+        <v>667</v>
+      </c>
+      <c r="M139" t="s">
+        <v>592</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>668</v>
+      </c>
+      <c r="P139" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>670</v>
+      </c>
+      <c r="B140" t="s">
+        <v>671</v>
+      </c>
+      <c r="C140" t="s">
+        <v>561</v>
+      </c>
+      <c r="D140" t="s">
+        <v>109</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>64</v>
+      </c>
+      <c r="G140" t="s">
+        <v>22</v>
+      </c>
+      <c r="H140">
+        <v>2011</v>
+      </c>
+      <c r="I140">
+        <v>2014</v>
+      </c>
+      <c r="J140" t="s">
+        <v>562</v>
+      </c>
+      <c r="K140" t="s">
+        <v>24</v>
+      </c>
+      <c r="L140" t="s">
+        <v>672</v>
+      </c>
+      <c r="M140" t="s">
+        <v>592</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>673</v>
+      </c>
+      <c r="P140" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>675</v>
+      </c>
+      <c r="B141" t="s">
+        <v>676</v>
+      </c>
+      <c r="C141" t="s">
+        <v>561</v>
+      </c>
+      <c r="D141" t="s">
+        <v>477</v>
+      </c>
+      <c r="E141" t="s">
+        <v>20</v>
+      </c>
+      <c r="F141" t="s">
+        <v>64</v>
+      </c>
+      <c r="G141" t="s">
+        <v>44</v>
+      </c>
+      <c r="H141">
+        <v>2011</v>
+      </c>
+      <c r="I141"/>
+      <c r="J141" t="s">
+        <v>562</v>
+      </c>
+      <c r="K141" t="s">
+        <v>24</v>
+      </c>
+      <c r="L141"/>
+      <c r="M141" t="s">
+        <v>592</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>677</v>
+      </c>
+      <c r="P141" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>679</v>
+      </c>
+      <c r="B142" t="s">
+        <v>680</v>
+      </c>
+      <c r="C142" t="s">
+        <v>561</v>
+      </c>
+      <c r="D142" t="s">
+        <v>681</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>64</v>
+      </c>
+      <c r="G142" t="s">
+        <v>44</v>
+      </c>
+      <c r="H142">
+        <v>2012</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>562</v>
+      </c>
+      <c r="K142" t="s">
+        <v>51</v>
+      </c>
+      <c r="L142" t="s">
+        <v>682</v>
+      </c>
+      <c r="M142" t="s">
+        <v>683</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>684</v>
+      </c>
+      <c r="P142" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>685</v>
+      </c>
+      <c r="B143" t="s">
+        <v>686</v>
+      </c>
+      <c r="C143" t="s">
+        <v>687</v>
+      </c>
+      <c r="D143" t="s">
+        <v>688</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
         <v>21</v>
       </c>
-      <c r="K112" t="s">
-[...1282 lines deleted...]
-        <v>2006</v>
+      <c r="G143" t="s">
+        <v>22</v>
       </c>
       <c r="H143">
         <v>2006</v>
       </c>
-      <c r="I143" t="s">
-        <v>423</v>
+      <c r="I143">
+        <v>2006</v>
       </c>
       <c r="J143" t="s">
+        <v>689</v>
+      </c>
+      <c r="K143" t="s">
+        <v>24</v>
+      </c>
+      <c r="L143" t="s">
+        <v>690</v>
+      </c>
+      <c r="M143" t="s">
+        <v>691</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>692</v>
+      </c>
+      <c r="P143"/>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>693</v>
+      </c>
+      <c r="B144" t="s">
+        <v>694</v>
+      </c>
+      <c r="C144" t="s">
+        <v>695</v>
+      </c>
+      <c r="D144" t="s">
+        <v>130</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
         <v>21</v>
       </c>
-      <c r="K143" t="s">
-[...16 lines deleted...]
-      <c r="B144" t="s">
+      <c r="G144" t="s">
+        <v>44</v>
+      </c>
+      <c r="H144">
+        <v>2014</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>696</v>
+      </c>
+      <c r="K144" t="s">
+        <v>24</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>697</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>698</v>
+      </c>
+      <c r="P144" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>693</v>
+      </c>
+      <c r="B145" t="s">
+        <v>700</v>
+      </c>
+      <c r="C145" t="s">
+        <v>695</v>
+      </c>
+      <c r="D145" t="s">
+        <v>701</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>21</v>
+      </c>
+      <c r="G145" t="s">
+        <v>44</v>
+      </c>
+      <c r="H145">
+        <v>2014</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>696</v>
+      </c>
+      <c r="K145" t="s">
+        <v>51</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>697</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>702</v>
+      </c>
+      <c r="P145" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>693</v>
+      </c>
+      <c r="B146" t="s">
+        <v>703</v>
+      </c>
+      <c r="C146" t="s">
+        <v>695</v>
+      </c>
+      <c r="D146" t="s">
+        <v>578</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>21</v>
+      </c>
+      <c r="G146" t="s">
+        <v>44</v>
+      </c>
+      <c r="H146">
+        <v>2014</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>696</v>
+      </c>
+      <c r="K146" t="s">
+        <v>24</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>697</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>704</v>
+      </c>
+      <c r="P146" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>705</v>
+      </c>
+      <c r="B147" t="s">
+        <v>706</v>
+      </c>
+      <c r="C147" t="s">
+        <v>695</v>
+      </c>
+      <c r="D147" t="s">
+        <v>37</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
+        <v>21</v>
+      </c>
+      <c r="G147" t="s">
+        <v>22</v>
+      </c>
+      <c r="H147">
+        <v>2006</v>
+      </c>
+      <c r="I147">
+        <v>2015</v>
+      </c>
+      <c r="J147" t="s">
+        <v>696</v>
+      </c>
+      <c r="K147" t="s">
+        <v>24</v>
+      </c>
+      <c r="L147" t="s">
+        <v>707</v>
+      </c>
+      <c r="M147" t="s">
+        <v>697</v>
+      </c>
+      <c r="N147" t="s">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>708</v>
+      </c>
+      <c r="P147" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
+      <c r="A148" t="s">
+        <v>710</v>
+      </c>
+      <c r="B148" t="s">
+        <v>711</v>
+      </c>
+      <c r="C148" t="s">
+        <v>695</v>
+      </c>
+      <c r="D148" t="s">
+        <v>712</v>
+      </c>
+      <c r="E148" t="s">
+        <v>20</v>
+      </c>
+      <c r="F148" t="s">
+        <v>21</v>
+      </c>
+      <c r="G148" t="s">
+        <v>44</v>
+      </c>
+      <c r="H148">
+        <v>2014</v>
+      </c>
+      <c r="I148"/>
+      <c r="J148" t="s">
+        <v>696</v>
+      </c>
+      <c r="K148" t="s">
+        <v>713</v>
+      </c>
+      <c r="L148" t="s">
+        <v>714</v>
+      </c>
+      <c r="M148" t="s">
+        <v>697</v>
+      </c>
+      <c r="N148" t="s">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>715</v>
+      </c>
+      <c r="P148" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
+      <c r="A149" t="s">
+        <v>717</v>
+      </c>
+      <c r="B149" t="s">
+        <v>717</v>
+      </c>
+      <c r="C149" t="s">
+        <v>695</v>
+      </c>
+      <c r="D149" t="s">
+        <v>718</v>
+      </c>
+      <c r="E149" t="s">
+        <v>20</v>
+      </c>
+      <c r="F149" t="s">
+        <v>21</v>
+      </c>
+      <c r="G149" t="s">
+        <v>44</v>
+      </c>
+      <c r="H149">
+        <v>2015</v>
+      </c>
+      <c r="I149"/>
+      <c r="J149" t="s">
+        <v>696</v>
+      </c>
+      <c r="K149" t="s">
+        <v>24</v>
+      </c>
+      <c r="L149" t="s">
+        <v>719</v>
+      </c>
+      <c r="M149" t="s">
+        <v>697</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>720</v>
+      </c>
+      <c r="P149" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>722</v>
+      </c>
+      <c r="B150" t="s">
+        <v>723</v>
+      </c>
+      <c r="C150" t="s">
+        <v>695</v>
+      </c>
+      <c r="D150" t="s">
+        <v>196</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>44</v>
+      </c>
+      <c r="H150">
+        <v>2014</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>696</v>
+      </c>
+      <c r="K150" t="s">
+        <v>24</v>
+      </c>
+      <c r="L150" t="s">
+        <v>724</v>
+      </c>
+      <c r="M150" t="s">
+        <v>697</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>725</v>
+      </c>
+      <c r="P150" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>727</v>
+      </c>
+      <c r="B151" t="s">
+        <v>728</v>
+      </c>
+      <c r="C151" t="s">
+        <v>695</v>
+      </c>
+      <c r="D151" t="s">
+        <v>729</v>
+      </c>
+      <c r="E151" t="s">
+        <v>20</v>
+      </c>
+      <c r="F151" t="s">
+        <v>21</v>
+      </c>
+      <c r="G151" t="s">
+        <v>44</v>
+      </c>
+      <c r="H151">
+        <v>2014</v>
+      </c>
+      <c r="I151"/>
+      <c r="J151" t="s">
+        <v>696</v>
+      </c>
+      <c r="K151" t="s">
+        <v>270</v>
+      </c>
+      <c r="L151" t="s">
+        <v>730</v>
+      </c>
+      <c r="M151" t="s">
+        <v>697</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>731</v>
+      </c>
+      <c r="P151" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>733</v>
+      </c>
+      <c r="B152" t="s">
+        <v>734</v>
+      </c>
+      <c r="C152" t="s">
+        <v>695</v>
+      </c>
+      <c r="D152" t="s">
+        <v>735</v>
+      </c>
+      <c r="E152" t="s">
+        <v>20</v>
+      </c>
+      <c r="F152" t="s">
+        <v>21</v>
+      </c>
+      <c r="G152" t="s">
+        <v>44</v>
+      </c>
+      <c r="H152">
+        <v>2015</v>
+      </c>
+      <c r="I152"/>
+      <c r="J152" t="s">
+        <v>696</v>
+      </c>
+      <c r="K152" t="s">
+        <v>24</v>
+      </c>
+      <c r="L152" t="s">
+        <v>736</v>
+      </c>
+      <c r="M152" t="s">
+        <v>697</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>737</v>
+      </c>
+      <c r="P152" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>739</v>
+      </c>
+      <c r="B153" t="s">
+        <v>740</v>
+      </c>
+      <c r="C153" t="s">
+        <v>499</v>
+      </c>
+      <c r="D153" t="s">
+        <v>741</v>
+      </c>
+      <c r="E153" t="s">
+        <v>63</v>
+      </c>
+      <c r="F153" t="s">
+        <v>742</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
+        <v>2017</v>
+      </c>
+      <c r="I153">
+        <v>2021</v>
+      </c>
+      <c r="J153" t="s">
+        <v>435</v>
+      </c>
+      <c r="K153" t="s">
+        <v>743</v>
+      </c>
+      <c r="L153" t="s">
+        <v>744</v>
+      </c>
+      <c r="M153" t="s">
+        <v>745</v>
+      </c>
+      <c r="N153" t="s">
+        <v>66</v>
+      </c>
+      <c r="O153" t="s">
+        <v>746</v>
+      </c>
+      <c r="P153" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
+      <c r="A154" t="s">
+        <v>748</v>
+      </c>
+      <c r="B154" t="s">
+        <v>749</v>
+      </c>
+      <c r="C154" t="s">
+        <v>750</v>
+      </c>
+      <c r="D154" t="s">
+        <v>751</v>
+      </c>
+      <c r="E154" t="s">
+        <v>20</v>
+      </c>
+      <c r="F154" t="s">
+        <v>64</v>
+      </c>
+      <c r="G154" t="s">
+        <v>44</v>
+      </c>
+      <c r="H154">
+        <v>2014</v>
+      </c>
+      <c r="I154"/>
+      <c r="J154" t="s">
+        <v>696</v>
+      </c>
+      <c r="K154" t="s">
+        <v>24</v>
+      </c>
+      <c r="L154"/>
+      <c r="M154" t="s">
+        <v>752</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>753</v>
+      </c>
+      <c r="P154" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>755</v>
+      </c>
+      <c r="B155" t="s">
+        <v>756</v>
+      </c>
+      <c r="C155" t="s">
+        <v>750</v>
+      </c>
+      <c r="D155" t="s">
+        <v>757</v>
+      </c>
+      <c r="E155" t="s">
+        <v>63</v>
+      </c>
+      <c r="F155" t="s">
+        <v>64</v>
+      </c>
+      <c r="G155" t="s">
+        <v>22</v>
+      </c>
+      <c r="H155">
+        <v>2008</v>
+      </c>
+      <c r="I155">
+        <v>2013</v>
+      </c>
+      <c r="J155" t="s">
+        <v>758</v>
+      </c>
+      <c r="K155" t="s">
+        <v>24</v>
+      </c>
+      <c r="L155" t="s">
+        <v>387</v>
+      </c>
+      <c r="M155" t="s">
+        <v>752</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>759</v>
+      </c>
+      <c r="P155" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>761</v>
+      </c>
+      <c r="B156" t="s">
+        <v>762</v>
+      </c>
+      <c r="C156" t="s">
+        <v>499</v>
+      </c>
+      <c r="D156" t="s">
+        <v>513</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>64</v>
+      </c>
+      <c r="G156" t="s">
+        <v>44</v>
+      </c>
+      <c r="H156">
+        <v>2015</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
         <v>428</v>
       </c>
-      <c r="C144" t="s">
-[...5 lines deleted...]
-      <c r="E144" t="s">
+      <c r="K156" t="s">
+        <v>270</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>745</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>763</v>
+      </c>
+      <c r="P156" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>765</v>
+      </c>
+      <c r="B157" t="s">
+        <v>766</v>
+      </c>
+      <c r="C157" t="s">
+        <v>61</v>
+      </c>
+      <c r="D157" t="s">
+        <v>115</v>
+      </c>
+      <c r="E157" t="s">
+        <v>63</v>
+      </c>
+      <c r="F157" t="s">
+        <v>64</v>
+      </c>
+      <c r="G157" t="s">
+        <v>44</v>
+      </c>
+      <c r="H157">
+        <v>2021</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>65</v>
+      </c>
+      <c r="K157" t="s">
+        <v>24</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157"/>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>767</v>
+      </c>
+      <c r="P157" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>765</v>
+      </c>
+      <c r="B158" t="s">
+        <v>769</v>
+      </c>
+      <c r="C158" t="s">
+        <v>61</v>
+      </c>
+      <c r="D158" t="s">
+        <v>115</v>
+      </c>
+      <c r="E158" t="s">
+        <v>63</v>
+      </c>
+      <c r="F158" t="s">
+        <v>205</v>
+      </c>
+      <c r="G158" t="s">
+        <v>44</v>
+      </c>
+      <c r="H158">
+        <v>2021</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>65</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158"/>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>770</v>
+      </c>
+      <c r="P158" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>772</v>
+      </c>
+      <c r="B159" t="s">
+        <v>773</v>
+      </c>
+      <c r="C159" t="s">
+        <v>61</v>
+      </c>
+      <c r="D159" t="s">
+        <v>774</v>
+      </c>
+      <c r="E159" t="s">
+        <v>63</v>
+      </c>
+      <c r="F159" t="s">
+        <v>205</v>
+      </c>
+      <c r="G159" t="s">
+        <v>44</v>
+      </c>
+      <c r="H159">
+        <v>2021</v>
+      </c>
+      <c r="I159"/>
+      <c r="J159" t="s">
+        <v>65</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159"/>
+      <c r="M159"/>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>775</v>
+      </c>
+      <c r="P159" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>776</v>
+      </c>
+      <c r="B160" t="s">
+        <v>777</v>
+      </c>
+      <c r="C160" t="s">
+        <v>61</v>
+      </c>
+      <c r="D160" t="s">
+        <v>778</v>
+      </c>
+      <c r="E160" t="s">
+        <v>63</v>
+      </c>
+      <c r="F160" t="s">
+        <v>205</v>
+      </c>
+      <c r="G160" t="s">
+        <v>44</v>
+      </c>
+      <c r="H160">
+        <v>2021</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s">
+        <v>65</v>
+      </c>
+      <c r="K160" t="s">
+        <v>24</v>
+      </c>
+      <c r="L160"/>
+      <c r="M160"/>
+      <c r="N160" t="s">
+        <v>66</v>
+      </c>
+      <c r="O160" t="s">
+        <v>779</v>
+      </c>
+      <c r="P160" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>780</v>
+      </c>
+      <c r="B161" t="s">
+        <v>781</v>
+      </c>
+      <c r="C161" t="s">
+        <v>61</v>
+      </c>
+      <c r="D161" t="s">
+        <v>130</v>
+      </c>
+      <c r="E161" t="s">
+        <v>63</v>
+      </c>
+      <c r="F161" t="s">
+        <v>205</v>
+      </c>
+      <c r="G161" t="s">
+        <v>44</v>
+      </c>
+      <c r="H161">
+        <v>2021</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s">
+        <v>65</v>
+      </c>
+      <c r="K161" t="s">
+        <v>24</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161"/>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>782</v>
+      </c>
+      <c r="P161" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>784</v>
+      </c>
+      <c r="B162" t="s">
+        <v>785</v>
+      </c>
+      <c r="C162" t="s">
+        <v>61</v>
+      </c>
+      <c r="D162" t="s">
+        <v>121</v>
+      </c>
+      <c r="E162" t="s">
+        <v>63</v>
+      </c>
+      <c r="F162" t="s">
+        <v>205</v>
+      </c>
+      <c r="G162" t="s">
+        <v>44</v>
+      </c>
+      <c r="H162">
+        <v>2021</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>65</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162"/>
+      <c r="M162"/>
+      <c r="N162" t="s">
+        <v>27</v>
+      </c>
+      <c r="O162" t="s">
+        <v>786</v>
+      </c>
+      <c r="P162" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>788</v>
+      </c>
+      <c r="B163" t="s">
+        <v>789</v>
+      </c>
+      <c r="C163" t="s">
+        <v>61</v>
+      </c>
+      <c r="D163" t="s">
+        <v>138</v>
+      </c>
+      <c r="E163" t="s">
+        <v>63</v>
+      </c>
+      <c r="F163" t="s">
+        <v>205</v>
+      </c>
+      <c r="G163" t="s">
+        <v>44</v>
+      </c>
+      <c r="H163">
+        <v>2021</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s">
+        <v>65</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163"/>
+      <c r="M163"/>
+      <c r="N163" t="s">
+        <v>66</v>
+      </c>
+      <c r="O163" t="s">
+        <v>790</v>
+      </c>
+      <c r="P163" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>792</v>
+      </c>
+      <c r="B164" t="s">
+        <v>793</v>
+      </c>
+      <c r="C164" t="s">
+        <v>61</v>
+      </c>
+      <c r="D164" t="s">
+        <v>102</v>
+      </c>
+      <c r="E164" t="s">
+        <v>63</v>
+      </c>
+      <c r="F164" t="s">
+        <v>205</v>
+      </c>
+      <c r="G164" t="s">
+        <v>44</v>
+      </c>
+      <c r="H164">
+        <v>2021</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s">
+        <v>65</v>
+      </c>
+      <c r="K164" t="s">
+        <v>24</v>
+      </c>
+      <c r="L164"/>
+      <c r="M164"/>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>794</v>
+      </c>
+      <c r="P164" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>796</v>
+      </c>
+      <c r="B165" t="s">
+        <v>797</v>
+      </c>
+      <c r="C165" t="s">
+        <v>61</v>
+      </c>
+      <c r="D165" t="s">
+        <v>270</v>
+      </c>
+      <c r="E165" t="s">
+        <v>63</v>
+      </c>
+      <c r="F165" t="s">
+        <v>205</v>
+      </c>
+      <c r="G165" t="s">
+        <v>44</v>
+      </c>
+      <c r="H165">
+        <v>2021</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>65</v>
+      </c>
+      <c r="K165" t="s">
+        <v>51</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165"/>
+      <c r="N165" t="s">
+        <v>66</v>
+      </c>
+      <c r="O165" t="s">
+        <v>798</v>
+      </c>
+      <c r="P165" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>799</v>
+      </c>
+      <c r="B166" t="s">
+        <v>800</v>
+      </c>
+      <c r="C166" t="s">
         <v>18</v>
       </c>
-      <c r="F144" t="s">
-[...2 lines deleted...]
-      <c r="G144">
+      <c r="D166" t="s">
+        <v>801</v>
+      </c>
+      <c r="E166" t="s">
+        <v>20</v>
+      </c>
+      <c r="F166" t="s">
+        <v>205</v>
+      </c>
+      <c r="G166" t="s">
+        <v>44</v>
+      </c>
+      <c r="H166">
         <v>2014</v>
       </c>
-      <c r="H144"/>
-[...457 lines deleted...]
-      <c r="H155">
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>38</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166"/>
+      <c r="M166"/>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>802</v>
+      </c>
+      <c r="P166" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>804</v>
+      </c>
+      <c r="B167" t="s">
+        <v>805</v>
+      </c>
+      <c r="C167" t="s">
+        <v>146</v>
+      </c>
+      <c r="D167" t="s">
+        <v>37</v>
+      </c>
+      <c r="E167" t="s">
+        <v>20</v>
+      </c>
+      <c r="F167" t="s">
+        <v>205</v>
+      </c>
+      <c r="G167" t="s">
+        <v>44</v>
+      </c>
+      <c r="H167">
         <v>2013</v>
       </c>
-      <c r="I155" t="s">
-[...463 lines deleted...]
-      </c>
+      <c r="I167"/>
       <c r="J167" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K167"/>
+        <v>38</v>
+      </c>
+      <c r="K167" t="s">
+        <v>24</v>
+      </c>
       <c r="L167"/>
-      <c r="M167" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M167"/>
       <c r="N167" t="s">
-        <v>499</v>
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>806</v>
+      </c>
+      <c r="P167" t="s">
+        <v>807</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>