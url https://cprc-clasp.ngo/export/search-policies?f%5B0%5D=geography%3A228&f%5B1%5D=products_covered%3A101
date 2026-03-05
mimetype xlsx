--- v0 (2025-10-10)
+++ v1 (2026-03-05)
@@ -12,335 +12,412 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2014/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household washing machines and household washer-dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 60456</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192014-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2014-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023 of 1 October 2019 laying down ecodesign requirements for household washing machines and household washer-dryers pursuant to Directive 2009/125/EC of the European Parliament and of the Council, amending C</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers. 
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>European Commission - DG Enterprise----European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192023-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2023-20210501</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Washing Machines and Washer-Dryers</t>
   </si>
   <si>
+    <t>Applies to electric mains-operated household washing machines and household washer-dryers, including—
+(a) built-in washing machines and washer-dryers; and
+(b) machines that can also be powered by batteries.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-washing-machines</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/4/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -604,613 +681,688 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="619.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="100.118" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2019</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>36</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
         <v>2019</v>
       </c>
-      <c r="H2"/>
-[...60 lines deleted...]
-      <c r="A4" t="s">
+      <c r="J4" t="s">
         <v>33</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K4" t="s">
         <v>34</v>
-      </c>
-[...16 lines deleted...]
-        <v>30</v>
       </c>
       <c r="L4" t="s">
         <v>35</v>
       </c>
       <c r="M4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="N4" t="s">
-        <v>37</v>
+        <v>43</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>43</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
         <v>41</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="L5" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1984</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K6" t="s">
+        <v>34</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
         <v>43</v>
       </c>
-      <c r="M5" t="s">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...12 lines deleted...]
-      <c r="E6" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>31</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>32</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
         <v>34</v>
       </c>
-      <c r="F6" t="s">
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
+      </c>
+      <c r="N7" t="s">
+        <v>43</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>49</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>43</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>81</v>
+      </c>
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>83</v>
+      </c>
+      <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
+        <v>85</v>
+      </c>
+      <c r="N9" t="s">
+        <v>86</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>92</v>
+      </c>
+      <c r="E10" t="s">
+        <v>48</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>43</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>98</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>32</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11" t="s">
+        <v>51</v>
+      </c>
+      <c r="M11" t="s">
+        <v>93</v>
+      </c>
+      <c r="N11" t="s">
+        <v>43</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...128 lines deleted...]
-      <c r="H9">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>41</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2021</v>
       </c>
-      <c r="I9" t="s">
-[...115 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
         <v>34</v>
       </c>
-      <c r="F12" t="s">
-[...12 lines deleted...]
-      <c r="K12"/>
       <c r="L12"/>
-      <c r="M12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M12"/>
       <c r="N12" t="s">
-        <v>81</v>
+        <v>43</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>