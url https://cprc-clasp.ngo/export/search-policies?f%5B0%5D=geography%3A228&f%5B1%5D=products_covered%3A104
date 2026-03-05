--- v0 (2025-10-10)
+++ v1 (2026-03-05)
@@ -12,350 +12,440 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Heating controls products</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-2</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -619,679 +709,766 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N14"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2007</v>
+      </c>
+      <c r="I2">
+        <v>2014</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2016</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>49</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
+        <v>49</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>77</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>79</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>82</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" t="s">
+        <v>84</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>85</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>87</v>
+      </c>
+      <c r="P11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>89</v>
+      </c>
+      <c r="B12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>68</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>48</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
+        <v>1988</v>
+      </c>
+      <c r="J12" t="s">
+        <v>92</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>93</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>94</v>
+      </c>
+      <c r="P12" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>96</v>
+      </c>
+      <c r="B13" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L13" t="s">
+        <v>99</v>
+      </c>
+      <c r="M13" t="s">
+        <v>100</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>101</v>
+      </c>
+      <c r="P13" t="s">
+        <v>102</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...29 lines deleted...]
-      <c r="L3" t="s">
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>106</v>
+      </c>
+      <c r="E14" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...196 lines deleted...]
-      <c r="N8" t="s">
+      <c r="F14" t="s">
+        <v>107</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2017</v>
+      </c>
+      <c r="I14">
+        <v>2021</v>
+      </c>
+      <c r="J14" t="s">
+        <v>108</v>
+      </c>
+      <c r="K14" t="s">
+        <v>109</v>
+      </c>
+      <c r="L14" t="s">
+        <v>110</v>
+      </c>
+      <c r="M14" t="s">
+        <v>111</v>
+      </c>
+      <c r="N14" t="s">
         <v>49</v>
       </c>
-    </row>
-[...247 lines deleted...]
-        <v>86</v>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>