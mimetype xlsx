--- v0 (2025-11-10)
+++ v1 (2025-12-29)
@@ -120,60 +120,60 @@
     <t>https://www.legislation.gov.uk/eur/2015/1186/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1186 of 24 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of local space heaters</t>
   </si>
   <si>
     <t>Applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. Solid fuel small combustion installations.
 This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
   </si>
   <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151186-24-april-2015-supplementing-directive-201030eu</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1186-20170307</t>
   </si>
   <si>
-    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015</t>
+    <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of solid fuel boilers and packages of a solid fuel boiler, supplementary heaters, temperature controls and solar devices</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-commission-delegated-regulation</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02015R1187-20170307</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187 of 27 April 2015 supplementing Directive 2010/30/EU of the European Parliament and of the Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20151187-27-april-2015-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2015/1187/contents/2015-04-27</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 811-2013 of 18 February 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of space heaters; combination heaters</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.
 This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
   </si>
   <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Solar</t>