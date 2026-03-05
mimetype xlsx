--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -156,81 +156,81 @@
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0811-20170307</t>
   </si>
   <si>
     <t>This Regulation establishes requirements for the energy labelling of; and the provision of supplementary product information on; space heaters and combination heaters with a rated heat output equal to 70 kW; packages of space heater equal to  70 kW; temperature control and solar device and packages of combination heater equal to  70 kW; temperature control and solar device.</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-811-2013-18-february-2013-supplementing-directive-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2013/811/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
+    <t>July 2024</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...14 lines deleted...]
-    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
     <t>This policy covers household electric heating appliances.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
@@ -644,51 +644,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="257.08" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -843,159 +843,159 @@
         <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>36</v>
       </c>
       <c r="L4"/>
       <c r="M4"/>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>43</v>
       </c>
       <c r="P4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H5">
         <v>1992</v>
       </c>
       <c r="I5">
         <v>2013</v>
       </c>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="P5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H6">
         <v>1992</v>
       </c>
       <c r="I6">
         <v>2013</v>
       </c>
       <c r="J6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="L6"/>
       <c r="M6" t="s">
-        <v>55</v>
+        <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>56</v>
       </c>
       <c r="P6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>60</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H7">
         <v>1987</v>
       </c>
       <c r="I7">
         <v>1988</v>
       </c>
       <c r="J7" t="s">
         <v>61</v>
       </c>
       <c r="K7" t="s">
         <v>62</v>
       </c>
       <c r="L7" t="s">
         <v>63</v>
       </c>
       <c r="M7" t="s">
         <v>64</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>65</v>
       </c>
@@ -1049,51 +1049,51 @@
       </c>
       <c r="P8" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>75</v>
       </c>
       <c r="B9" t="s">
         <v>76</v>
       </c>
       <c r="C9" t="s">
         <v>77</v>
       </c>
       <c r="D9" t="s">
         <v>78</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>79</v>
       </c>
       <c r="G9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H9">
         <v>2017</v>
       </c>
       <c r="I9">
         <v>2021</v>
       </c>
       <c r="J9" t="s">
         <v>80</v>
       </c>
       <c r="K9" t="s">
         <v>81</v>
       </c>
       <c r="L9" t="s">
         <v>82</v>
       </c>
       <c r="M9" t="s">
         <v>83</v>
       </c>
       <c r="N9" t="s">
         <v>84</v>
       </c>
       <c r="O9" t="s">
         <v>85</v>
       </c>