--- v0 (2025-10-12)
+++ v1 (2026-03-08)
@@ -12,500 +12,690 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -769,1395 +959,1584 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1491.065" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>47</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2014</v>
+      </c>
+      <c r="J8" t="s">
+        <v>59</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>47</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10">
+        <v>2019</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>59</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>47</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>59</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>47</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>43</v>
+      </c>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>59</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>47</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>90</v>
+      </c>
+      <c r="G13" t="s">
+        <v>91</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>93</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>98</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1994</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2001</v>
+      </c>
+      <c r="I15">
+        <v>2019</v>
+      </c>
+      <c r="J15" t="s">
+        <v>99</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" t="s">
+        <v>101</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>111</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>113</v>
+      </c>
+      <c r="G16" t="s">
+        <v>58</v>
+      </c>
+      <c r="H16">
+        <v>1985</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>114</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>115</v>
+      </c>
+      <c r="M16" t="s">
+        <v>116</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>117</v>
+      </c>
+      <c r="P16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>111</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>113</v>
+      </c>
+      <c r="G17" t="s">
+        <v>58</v>
+      </c>
+      <c r="H17">
+        <v>1989</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>99</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>116</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>123</v>
+      </c>
+      <c r="B18" t="s">
+        <v>124</v>
+      </c>
+      <c r="C18" t="s">
+        <v>111</v>
+      </c>
+      <c r="D18" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...8 lines deleted...]
-      <c r="J2" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>113</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1989</v>
+      </c>
+      <c r="I18">
+        <v>1991</v>
+      </c>
+      <c r="J18" t="s">
+        <v>114</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>125</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>128</v>
+      </c>
+      <c r="B19" t="s">
+        <v>129</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
+        <v>37</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>113</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1989</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
+      <c r="J19" t="s">
+        <v>130</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>116</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>131</v>
+      </c>
+      <c r="P19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>133</v>
+      </c>
+      <c r="B20" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>113</v>
+      </c>
+      <c r="G20" t="s">
+        <v>58</v>
+      </c>
+      <c r="H20">
+        <v>1989</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>114</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>116</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>135</v>
+      </c>
+      <c r="P20" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>137</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>111</v>
+      </c>
+      <c r="D21" t="s">
+        <v>139</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>113</v>
+      </c>
+      <c r="G21" t="s">
+        <v>58</v>
+      </c>
+      <c r="H21">
+        <v>1990</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>114</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>116</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>142</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>111</v>
+      </c>
+      <c r="D22" t="s">
+        <v>37</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>113</v>
+      </c>
+      <c r="G22" t="s">
+        <v>58</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>116</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>144</v>
+      </c>
+      <c r="P22" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>146</v>
+      </c>
+      <c r="B23" t="s">
+        <v>147</v>
+      </c>
+      <c r="C23" t="s">
+        <v>111</v>
+      </c>
+      <c r="D23" t="s">
+        <v>79</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>113</v>
+      </c>
+      <c r="G23" t="s">
+        <v>58</v>
+      </c>
+      <c r="H23">
+        <v>1983</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>114</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>148</v>
+      </c>
+      <c r="M23" t="s">
+        <v>116</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>149</v>
+      </c>
+      <c r="P23" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>151</v>
+      </c>
+      <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>111</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>113</v>
+      </c>
+      <c r="G24" t="s">
+        <v>58</v>
+      </c>
+      <c r="H24">
+        <v>1987</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>99</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>116</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>153</v>
+      </c>
+      <c r="P24" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>155</v>
+      </c>
+      <c r="B25" t="s">
+        <v>156</v>
+      </c>
+      <c r="C25" t="s">
+        <v>111</v>
+      </c>
+      <c r="D25" t="s">
+        <v>157</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>90</v>
+      </c>
+      <c r="G25" t="s">
+        <v>58</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>114</v>
+      </c>
+      <c r="K25" t="s">
+        <v>158</v>
+      </c>
+      <c r="L25" t="s">
+        <v>159</v>
+      </c>
+      <c r="M25" t="s">
+        <v>160</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>161</v>
+      </c>
+      <c r="P25" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>163</v>
+      </c>
+      <c r="B26" t="s">
+        <v>164</v>
+      </c>
+      <c r="C26" t="s">
+        <v>165</v>
+      </c>
+      <c r="D26" t="s">
+        <v>37</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G26" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...22 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H26">
+        <v>2006</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>92</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M26" t="s">
+        <v>167</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>168</v>
+      </c>
+      <c r="P26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>170</v>
+      </c>
+      <c r="B27" t="s">
+        <v>171</v>
+      </c>
+      <c r="C27" t="s">
+        <v>165</v>
+      </c>
+      <c r="D27" t="s">
+        <v>172</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>58</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>92</v>
+      </c>
+      <c r="K27" t="s">
+        <v>173</v>
+      </c>
+      <c r="L27" t="s">
+        <v>174</v>
+      </c>
+      <c r="M27" t="s">
+        <v>167</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>175</v>
+      </c>
+      <c r="P27" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>177</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>165</v>
+      </c>
+      <c r="D28" t="s">
+        <v>178</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>58</v>
+      </c>
+      <c r="H28">
+        <v>2015</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>92</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>179</v>
+      </c>
+      <c r="M28" t="s">
+        <v>167</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>180</v>
+      </c>
+      <c r="P28" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>182</v>
+      </c>
+      <c r="B29" t="s">
+        <v>183</v>
+      </c>
+      <c r="C29" t="s">
+        <v>165</v>
+      </c>
+      <c r="D29" t="s">
+        <v>184</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>58</v>
+      </c>
+      <c r="H29">
+        <v>2015</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>92</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>185</v>
+      </c>
+      <c r="M29" t="s">
+        <v>167</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>186</v>
+      </c>
+      <c r="P29" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>188</v>
+      </c>
+      <c r="B30" t="s">
+        <v>189</v>
+      </c>
+      <c r="C30" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...47 lines deleted...]
-      <c r="H4">
+      <c r="D30" t="s">
+        <v>190</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>113</v>
+      </c>
+      <c r="G30" t="s">
+        <v>58</v>
+      </c>
+      <c r="H30">
+        <v>2014</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>38</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>191</v>
+      </c>
+      <c r="P30" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>193</v>
+      </c>
+      <c r="B31" t="s">
+        <v>194</v>
+      </c>
+      <c r="C31" t="s">
+        <v>195</v>
+      </c>
+      <c r="D31" t="s">
+        <v>37</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>113</v>
+      </c>
+      <c r="G31" t="s">
+        <v>58</v>
+      </c>
+      <c r="H31">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...50 lines deleted...]
-      <c r="L5" t="s">
+      <c r="I31"/>
+      <c r="J31" t="s">
         <v>38</v>
       </c>
-      <c r="M5" t="s">
-[...1069 lines deleted...]
-      <c r="K31"/>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
       <c r="L31"/>
-      <c r="M31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M31"/>
       <c r="N31" t="s">
-        <v>136</v>
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>196</v>
+      </c>
+      <c r="P31" t="s">
+        <v>197</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>