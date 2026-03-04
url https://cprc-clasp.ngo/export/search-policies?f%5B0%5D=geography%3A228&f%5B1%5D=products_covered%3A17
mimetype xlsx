--- v0 (2025-10-12)
+++ v1 (2026-03-04)
@@ -12,404 +12,532 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Water Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2017-20210501&amp;qid=1654699029821</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
-    <t>Dishwashers</t>
-[...10 lines deleted...]
-  <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>Electricity</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
-    <t>European Union</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu</t>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2022 of 1 October 2019 laying down ecodesign requirements for household dishwashers pursuant to Directive 2009/125/EC of the European Parliament and of the Council amending Commission Regulation (EC) No 1275/</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2026.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>EN 50242</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192022-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2022-20210501</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2023/826 of 17 April 2023 laying down ecodesign requirements for off mode, standby mode, and networked standby energy consumption of electrical and electronic household and office equipment</t>
   </si>
   <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices, Televisions, Coffee Machines</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2008/1275/contents</t>
+  </si>
+  <si>
+    <t>Power management requirements for household or non-tertiary coffee machines -- ecodesign requirements for standby; off mode electric power consumption of electrical and electronic household and office equipment.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-2023826-17-april-2023-laying-down-ecodesign-requirements-mode</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32023R0826&amp;qid=1681803866374</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information Regulations 2021: Household Dishwashers</t>
   </si>
   <si>
+    <t>(1) Subject to paragraph (2), this Chapter applies to electric mains-operated household dishwashers, including—
+(a) built-in dishwashers; and
+(b) dishwashers that can also be powered by batteries.
+(2) Nothing in this Chapter applies to—
+(a) dishwashers in the scope of the Supply of Machinery (Safety) Regulations 2008(1);
+(b) battery-operated household dishwashers that can be connected to the mains through an AC/DC converter purchased separately.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-regulations-2021-household</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/745/part/2/chapter/3/made</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -673,933 +801,1054 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="284" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="658.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1997</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K2"/>
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
       <c r="L2"/>
       <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1979</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-    </row>
-[...25 lines deleted...]
-      <c r="I3" t="s">
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="J3" t="s">
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-[...22 lines deleted...]
-      <c r="G4">
+      <c r="H5">
         <v>1979</v>
       </c>
-      <c r="H4">
+      <c r="I5">
         <v>2013</v>
-      </c>
-[...43 lines deleted...]
-        <v>20</v>
       </c>
       <c r="J5" t="s">
         <v>31</v>
       </c>
-      <c r="K5"/>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
       <c r="L5"/>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M5"/>
       <c r="N5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2010</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="C6" t="s">
-[...17 lines deleted...]
-      <c r="I6" t="s">
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
         <v>25</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
       <c r="N6" t="s">
         <v>39</v>
       </c>
-    </row>
-    <row r="7" spans="1:14">
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="B7" t="s">
-        <v>15</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>48</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7">
         <v>2013</v>
       </c>
-      <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>31</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>52</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
-[...15 lines deleted...]
-      <c r="B8" t="s">
+      <c r="F8" t="s">
+        <v>48</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2013</v>
+      </c>
+      <c r="I8">
+        <v>2023</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="C8" t="s">
-[...17 lines deleted...]
-      <c r="I8" t="s">
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>25</v>
       </c>
-      <c r="J8" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="N8" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>62</v>
       </c>
       <c r="C9" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E9" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G9">
+        <v>48</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9">
         <v>2014</v>
       </c>
-      <c r="H9"/>
-      <c r="I9" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
         <v>25</v>
       </c>
-      <c r="J9" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="N9" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="B10" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="C10" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="E10" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G10">
+        <v>48</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10">
         <v>2012</v>
       </c>
-      <c r="H10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
         <v>31</v>
       </c>
-      <c r="K10"/>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
       <c r="L10"/>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M10"/>
       <c r="N10" t="s">
+        <v>39</v>
+      </c>
+      <c r="O10" t="s">
+        <v>67</v>
+      </c>
+      <c r="P10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" t="s">
+        <v>71</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>73</v>
+      </c>
+      <c r="F11" t="s">
+        <v>74</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>75</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>76</v>
+      </c>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
+        <v>74</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2010</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>84</v>
+      </c>
+      <c r="M12" t="s">
+        <v>77</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>88</v>
+      </c>
+      <c r="C13" t="s">
+        <v>89</v>
+      </c>
+      <c r="D13" t="s">
+        <v>19</v>
+      </c>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>90</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>91</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>92</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
         <v>48</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F11" t="s">
+      <c r="G14" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14">
+        <v>1984</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>98</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
+        <v>100</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>101</v>
+      </c>
+      <c r="P14" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
         <v>19</v>
       </c>
-      <c r="G11">
-[...8 lines deleted...]
-      <c r="J11" t="s">
+      <c r="E15" t="s">
+        <v>73</v>
+      </c>
+      <c r="F15" t="s">
+        <v>48</v>
+      </c>
+      <c r="G15" t="s">
+        <v>55</v>
+      </c>
+      <c r="H15">
+        <v>1987</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>98</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>100</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K11" t="s">
+      <c r="G16" t="s">
         <v>55</v>
       </c>
-      <c r="L11" t="s">
-[...123 lines deleted...]
-      <c r="L14" t="s">
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>98</v>
+      </c>
+      <c r="K16" t="s">
+        <v>38</v>
+      </c>
+      <c r="L16" t="s">
+        <v>110</v>
+      </c>
+      <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
         <v>73</v>
       </c>
-      <c r="M14" t="s">
-[...2 lines deleted...]
-      <c r="N14" t="s">
+      <c r="F17" t="s">
         <v>74</v>
       </c>
-    </row>
-[...102 lines deleted...]
-        <v>2006</v>
+      <c r="G17" t="s">
+        <v>22</v>
       </c>
       <c r="H17">
         <v>2006</v>
       </c>
-      <c r="I17" t="s">
-        <v>85</v>
+      <c r="I17">
+        <v>2006</v>
       </c>
       <c r="J17" t="s">
-        <v>21</v>
+        <v>118</v>
       </c>
       <c r="K17" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>87</v>
+        <v>119</v>
       </c>
       <c r="M17" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="N17" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>121</v>
+      </c>
+      <c r="P17"/>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="C18" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>19</v>
       </c>
       <c r="E18" t="s">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="F18" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>74</v>
+      </c>
+      <c r="G18" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18">
         <v>2014</v>
       </c>
-      <c r="H18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L18" t="s">
         <v>91</v>
       </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>32</v>
+        <v>125</v>
       </c>
       <c r="N18" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>126</v>
+      </c>
+      <c r="P18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>93</v>
+        <v>128</v>
       </c>
       <c r="B19" t="s">
-        <v>94</v>
+        <v>129</v>
       </c>
       <c r="C19" t="s">
-        <v>95</v>
+        <v>130</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>131</v>
       </c>
       <c r="E19" t="s">
-        <v>96</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
+        <v>132</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>133</v>
+      </c>
+      <c r="K19" t="s">
+        <v>134</v>
+      </c>
+      <c r="L19" t="s">
+        <v>135</v>
+      </c>
+      <c r="M19" t="s">
+        <v>136</v>
+      </c>
+      <c r="N19" t="s">
+        <v>137</v>
+      </c>
+      <c r="O19" t="s">
+        <v>138</v>
+      </c>
+      <c r="P19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>140</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>30</v>
+      </c>
+      <c r="D20" t="s">
         <v>19</v>
       </c>
-      <c r="G19">
-[...2 lines deleted...]
-      <c r="H19">
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>48</v>
+      </c>
+      <c r="G20" t="s">
+        <v>55</v>
+      </c>
+      <c r="H20">
         <v>2021</v>
       </c>
-      <c r="I19" t="s">
-[...43 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="K20"/>
+        <v>31</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
       <c r="L20"/>
-      <c r="M20" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M20"/>
       <c r="N20" t="s">
-        <v>104</v>
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>142</v>
+      </c>
+      <c r="P20" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>