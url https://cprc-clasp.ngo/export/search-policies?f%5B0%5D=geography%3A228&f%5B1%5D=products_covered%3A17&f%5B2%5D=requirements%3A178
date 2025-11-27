--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -12,287 +12,339 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
+    <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NF EN 60335-1 (20020301) NF EN 60335-2-15 (20010401) NF EN 60661 (20021201) PR NF EN 62301 ISO 11469:2000 (20000515)</t>
   </si>
   <si>
     <t>AFNOR Certification</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nf397-nf-environnement-cafetieres-electriques-filtre-pour-usage-domestique</t>
   </si>
   <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -556,485 +608,540 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="166" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="658.125" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3">
+        <v>2018</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>34</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>44</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5">
+        <v>1984</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>54</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6">
+        <v>1987</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>64</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...194 lines deleted...]
-        <v>2006</v>
+      <c r="G8" t="s">
+        <v>22</v>
       </c>
       <c r="H8">
         <v>2006</v>
       </c>
-      <c r="I8" t="s">
-        <v>58</v>
+      <c r="I8">
+        <v>2006</v>
       </c>
       <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>75</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...5 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="N9" t="s">
-        <v>65</v>
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>