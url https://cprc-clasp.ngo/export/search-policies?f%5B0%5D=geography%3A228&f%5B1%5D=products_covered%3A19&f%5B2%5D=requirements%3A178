--- v0 (2025-10-12)
+++ v1 (2026-01-25)
@@ -12,272 +12,324 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
+  </si>
+  <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -541,485 +593,542 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="168" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="168.53" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="619.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="F3" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
       </c>
       <c r="H3">
         <v>2015</v>
       </c>
-      <c r="I3" t="s">
-        <v>30</v>
+      <c r="I3">
+        <v>2015</v>
       </c>
       <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G4" t="s">
         <v>34</v>
-      </c>
-[...21 lines deleted...]
-        <v>2015</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
-      <c r="I4" t="s">
-        <v>30</v>
+      <c r="I4">
+        <v>2015</v>
       </c>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
         <v>32</v>
       </c>
-      <c r="L4" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>1984</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6">
+        <v>2014</v>
+      </c>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>57</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>62</v>
+      </c>
+      <c r="M7" t="s">
+        <v>63</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>33</v>
       </c>
-      <c r="M4" t="s">
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
         <v>36</v>
       </c>
-    </row>
-[...200 lines deleted...]
-      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N9" t="s">
-        <v>60</v>
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>