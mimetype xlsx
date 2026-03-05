--- v0 (2026-01-18)
+++ v1 (2026-03-05)
@@ -511,69 +511,69 @@
   <si>
     <t>Commission Regulation (EU) No 327/2011 of 30 March 2011 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for fans driven by motors</t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market or putting into service of fans  -driven by motors with an electric input power between 125 W and 500 kW; including those integrated in other energy-related products as covered by Directive 2009-125-EC. The Regulation shall not apply to fans integrated in: products with a sole electric motor of 3 kW or less where the fan is fixed on the same shaft used for driving the main functionality; laundry and washer dryers 3 kW maximum electrical input power; kitchen hoods 280 W total maximum electrical input power attributable to the fans. This Regulation shall not apply to fans which are designed to operate under certain specified conditions; potentially explosive atmospheres; emergency use only; extreme operating temperatures; high supply voltage; etc.   These types of fans can be found in commercial and industrial buildings.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec-0</t>
   </si>
   <si>
     <t>https://www.legislation.gov.uk/eur/2011/327/contents</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-3272011-30-march-2011-implementing-directive-2009125ec</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02011R0327-20170109</t>
   </si>
   <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
     <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
   </si>
   <si>
+    <t>Europe, United Kingdom</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>Department for Energy Security and Net Zero</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
     <t>May 2024</t>
   </si>
   <si>
-    <t>Electricity, Gas, Oil</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec</t>
   </si>
   <si>
-    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538159902315&amp;uri=CELEX:02013R0813-20170109----http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013R0813</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
+    <t>https://eur-lex.europa.eu/eli/reg/2013/813/oj/eng</t>
   </si>
   <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
     <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
@@ -1128,51 +1128,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="196.952" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2513,136 +2513,136 @@
       <c r="K30" t="s">
         <v>67</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>54</v>
       </c>
       <c r="N30" t="s">
         <v>117</v>
       </c>
       <c r="O30" t="s">
         <v>156</v>
       </c>
       <c r="P30" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>158</v>
       </c>
       <c r="B31" t="s">
         <v>159</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>160</v>
       </c>
       <c r="D31" t="s">
         <v>83</v>
       </c>
       <c r="E31" t="s">
         <v>45</v>
       </c>
       <c r="F31" t="s">
         <v>93</v>
       </c>
       <c r="G31" t="s">
         <v>37</v>
       </c>
       <c r="H31">
         <v>1992</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
-        <v>160</v>
+        <v>126</v>
       </c>
       <c r="K31" t="s">
         <v>161</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>54</v>
+        <v>162</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="P31" t="s">
-        <v>163</v>
+        <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>158</v>
       </c>
       <c r="B32" t="s">
         <v>159</v>
       </c>
       <c r="C32" t="s">
-        <v>164</v>
+        <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>83</v>
       </c>
       <c r="E32" t="s">
         <v>45</v>
       </c>
       <c r="F32" t="s">
         <v>93</v>
       </c>
       <c r="G32" t="s">
         <v>37</v>
       </c>
       <c r="H32">
         <v>1992</v>
       </c>
       <c r="I32">
         <v>2013</v>
       </c>
       <c r="J32" t="s">
-        <v>126</v>
+        <v>164</v>
       </c>
       <c r="K32" t="s">
         <v>161</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
+        <v>54</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
         <v>165</v>
       </c>
-      <c r="N32" t="s">
-[...2 lines deleted...]
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>167</v>
       </c>
       <c r="B33" t="s">
         <v>168</v>
       </c>
       <c r="C33" t="s">
         <v>169</v>
       </c>
       <c r="D33" t="s">
         <v>170</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>37</v>
       </c>
       <c r="H33">