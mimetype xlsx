--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,242 +12,282 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-048-computers</t>
+  </si>
+  <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -511,401 +551,446 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="169" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="169.816" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1022.75" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="115.543" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>33</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1994</v>
+      </c>
+      <c r="I4">
+        <v>2020</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...8 lines deleted...]
-      <c r="F3" t="s">
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...8 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>1989</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6">
+        <v>1987</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...153 lines deleted...]
-      <c r="G7">
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7">
         <v>2015</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="K7" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="L7" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="N7" t="s">
-        <v>50</v>
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>