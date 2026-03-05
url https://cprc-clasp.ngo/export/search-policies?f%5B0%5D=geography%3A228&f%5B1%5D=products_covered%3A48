--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -12,230 +12,292 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
+  </si>
+  <si>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
+  </si>
+  <si>
+    <t>Europe, European Union</t>
+  </si>
+  <si>
+    <t>Battery Chargers, External Power Supply</t>
+  </si>
+  <si>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>87 FR 51221</t>
+  </si>
+  <si>
+    <t>European Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -499,321 +561,402 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="139" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="284.216" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="143.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
+      <c r="B3" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
-[...2 lines deleted...]
-      <c r="F2" t="s">
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3">
         <v>2009</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>30</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>31</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4">
+        <v>2025</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>49</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-        <v>23</v>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...34 lines deleted...]
-      <c r="M3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="N3" t="s">
-[...66 lines deleted...]
-      <c r="G5">
+      <c r="H6">
         <v>2017</v>
       </c>
-      <c r="H5">
+      <c r="I6">
         <v>2021</v>
       </c>
-      <c r="I5" t="s">
-[...15 lines deleted...]
-        <v>46</v>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>61</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>63</v>
+      </c>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>