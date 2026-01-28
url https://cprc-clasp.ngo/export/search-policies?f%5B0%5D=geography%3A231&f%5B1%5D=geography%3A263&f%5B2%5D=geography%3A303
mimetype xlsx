--- v0 (2025-11-14)
+++ v1 (2026-01-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1440">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -3688,50 +3688,53 @@
   <si>
     <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
   </si>
   <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
     <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
   </si>
   <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=7393</t>
   </si>
   <si>
     <t>TIS 2186-2547 Thai Industrial Standard for Household Refrigerators</t>
   </si>
   <si>
     <t>The standard specifies the energy efficiency of compression-type refrigerators for household and similar use. It covers only compression types. It includes requirements, marks and labels, sampling, and criteria for conformity and testing. It's been replaced by TIS 2186-2561(2018).</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>TIS 455-2537</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2547-thai-industrial-standard-household-refrigerators</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/2186_2547.pdf</t>
   </si>
   <si>
     <t>TIS 2186-2561 (2018) :  Household Refrigerators and Refrigerator-Freezer: Environmental Requirements : Energy Ffficiency</t>
   </si>
   <si>
     <t>The standard mandates energy efficiency of compression-type refrigerators for household and similar use. Covers only compression type.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2186-2561-2018-household-refrigerators-and-refrigerator-freezer-environmental</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/fulltext/TIS2186-2561p.pdf</t>
   </si>
   <si>
     <t>TIS 23-2521 Thai Industrial Standard for Ballast for Fluorescent Lamps</t>
@@ -3852,50 +3855,53 @@
     <t>https://cprc-clasp.ngo/policies/tis-2588-2556-2013-electric-kettles-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://law.industry.go.th/laws/file/61091</t>
   </si>
   <si>
     <t>TIS 2589-2556 (2013) Electric hobs: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of electric hobs for household and similar purposes, their rated voltage not more than 250 V at a frequency of 50 Hz and having a diameter not more than 220 mm. This policy specifies types and dimensions, marks, and testing.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2589-2556-2013-electric-hobs-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2556/E/127/8.PDF</t>
   </si>
   <si>
     <t>TIS 2590-2557 (2014) Electric irons: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard defines energy efficiency requirements of electric irons for household or similar general purposes use for alternating current single phase, with a rated voltage not exceeding 250 V and 50 Hz. It was replaced by TIS 2590-2024 since January 2025.</t>
   </si>
   <si>
     <t>Laundry, Irons</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2557-2014-electric-irons-energy-efficiency-requirements</t>
   </si>
   <si>
     <t>https://a.tisi.go.th/t/?n=2590-2557</t>
   </si>
   <si>
     <t>TIS 2590-2567 Electric Irons: Particular Requirements for Energy Performance</t>
   </si>
   <si>
     <t>The standard specifies energy performance requirements for three types of electric irons: dry irons, steam irons, and steam generator irons with a defined capacity not exceeding 5 liters, intended for residential and similar general-purpose use, and designed for a rated voltage not exceeding 250 V.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2590-2567-electric-irons-particular-requirements-energy-performance</t>
   </si>
   <si>
     <t>https://service.tisi.go.th/tisi-standard-shop/item/tis/7734</t>
   </si>
   <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
     <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
   </si>
@@ -4870,51 +4876,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P281"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="284.216" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -15680,2743 +15686,2743 @@
       </c>
       <c r="P224" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="225" spans="1:16">
       <c r="A225" t="s">
         <v>1164</v>
       </c>
       <c r="B225" t="s">
         <v>1165</v>
       </c>
       <c r="C225" t="s">
         <v>40</v>
       </c>
       <c r="D225" t="s">
         <v>597</v>
       </c>
       <c r="E225" t="s">
         <v>20</v>
       </c>
       <c r="F225" t="s">
         <v>33</v>
       </c>
       <c r="G225" t="s">
-        <v>802</v>
+        <v>1166</v>
       </c>
       <c r="H225">
         <v>2004</v>
       </c>
       <c r="I225"/>
       <c r="J225" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="K225" t="s">
         <v>24</v>
       </c>
       <c r="L225" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="M225" t="s">
         <v>1152</v>
       </c>
       <c r="N225" t="s">
         <v>27</v>
       </c>
       <c r="O225" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="P225" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="226" spans="1:16">
       <c r="A226" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="B226" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="C226" t="s">
         <v>40</v>
       </c>
       <c r="D226" t="s">
         <v>597</v>
       </c>
       <c r="E226" t="s">
         <v>20</v>
       </c>
       <c r="F226" t="s">
         <v>21</v>
       </c>
       <c r="G226" t="s">
         <v>44</v>
       </c>
       <c r="H226">
         <v>2004</v>
       </c>
       <c r="I226">
         <v>2021</v>
       </c>
       <c r="J226" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="K226" t="s">
         <v>24</v>
       </c>
       <c r="L226"/>
       <c r="M226" t="s">
         <v>1152</v>
       </c>
       <c r="N226" t="s">
         <v>27</v>
       </c>
       <c r="O226" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="P226" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="227" spans="1:16">
       <c r="A227" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="B227" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C227" t="s">
         <v>40</v>
       </c>
       <c r="D227" t="s">
         <v>267</v>
       </c>
       <c r="E227" t="s">
         <v>20</v>
       </c>
       <c r="F227" t="s">
         <v>33</v>
       </c>
       <c r="G227" t="s">
         <v>44</v>
       </c>
       <c r="H227">
         <v>1978</v>
       </c>
       <c r="I227">
         <v>2017</v>
       </c>
       <c r="J227" t="s">
         <v>53</v>
       </c>
       <c r="K227" t="s">
         <v>24</v>
       </c>
       <c r="L227"/>
       <c r="M227" t="s">
         <v>1152</v>
       </c>
       <c r="N227" t="s">
         <v>27</v>
       </c>
       <c r="O227" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="P227" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="228" spans="1:16">
       <c r="A228" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="B228" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="C228" t="s">
         <v>40</v>
       </c>
       <c r="D228" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="E228" t="s">
         <v>42</v>
       </c>
       <c r="F228" t="s">
         <v>33</v>
       </c>
       <c r="G228" t="s">
         <v>22</v>
       </c>
       <c r="H228">
         <v>2013</v>
       </c>
       <c r="I228"/>
       <c r="J228" t="s">
         <v>277</v>
       </c>
       <c r="K228" t="s">
         <v>24</v>
       </c>
       <c r="L228"/>
       <c r="M228" t="s">
         <v>1152</v>
       </c>
       <c r="N228" t="s">
         <v>27</v>
       </c>
       <c r="O228" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="P228" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="229" spans="1:16">
       <c r="A229" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B229" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C229" t="s">
         <v>40</v>
       </c>
       <c r="D229" t="s">
         <v>658</v>
       </c>
       <c r="E229" t="s">
         <v>42</v>
       </c>
       <c r="F229" t="s">
         <v>33</v>
       </c>
       <c r="G229" t="s">
         <v>22</v>
       </c>
       <c r="H229">
         <v>2014</v>
       </c>
       <c r="I229"/>
       <c r="J229" t="s">
         <v>277</v>
       </c>
       <c r="K229" t="s">
         <v>24</v>
       </c>
       <c r="L229"/>
       <c r="M229" t="s">
         <v>1152</v>
       </c>
       <c r="N229" t="s">
         <v>27</v>
       </c>
       <c r="O229" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="P229" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="230" spans="1:16">
       <c r="A230" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="B230" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C230" t="s">
         <v>40</v>
       </c>
       <c r="D230" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="E230" t="s">
         <v>42</v>
       </c>
       <c r="F230" t="s">
         <v>33</v>
       </c>
       <c r="G230" t="s">
         <v>44</v>
       </c>
       <c r="H230">
         <v>2007</v>
       </c>
       <c r="I230">
         <v>2014</v>
       </c>
       <c r="J230" t="s">
         <v>277</v>
       </c>
       <c r="K230" t="s">
         <v>24</v>
       </c>
       <c r="L230"/>
       <c r="M230" t="s">
         <v>1152</v>
       </c>
       <c r="N230" t="s">
         <v>27</v>
       </c>
       <c r="O230" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="P230" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="231" spans="1:16">
       <c r="A231" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B231" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C231" t="s">
         <v>40</v>
       </c>
       <c r="D231" t="s">
         <v>658</v>
       </c>
       <c r="E231" t="s">
         <v>20</v>
       </c>
       <c r="F231" t="s">
         <v>33</v>
       </c>
       <c r="G231" t="s">
         <v>22</v>
       </c>
       <c r="H231">
         <v>2017</v>
       </c>
       <c r="I231"/>
       <c r="J231" t="s">
         <v>277</v>
       </c>
       <c r="K231" t="s">
         <v>24</v>
       </c>
       <c r="L231"/>
       <c r="M231" t="s">
         <v>1152</v>
       </c>
       <c r="N231" t="s">
         <v>27</v>
       </c>
       <c r="O231" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="P231" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="232" spans="1:16">
       <c r="A232" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="B232" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="C232" t="s">
         <v>40</v>
       </c>
       <c r="D232" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="E232" t="s">
         <v>42</v>
       </c>
       <c r="F232" t="s">
         <v>33</v>
       </c>
       <c r="G232" t="s">
         <v>22</v>
       </c>
       <c r="H232">
         <v>2012</v>
       </c>
       <c r="I232"/>
       <c r="J232" t="s">
         <v>277</v>
       </c>
       <c r="K232" t="s">
         <v>24</v>
       </c>
       <c r="L232"/>
       <c r="M232" t="s">
         <v>1152</v>
       </c>
       <c r="N232" t="s">
         <v>27</v>
       </c>
       <c r="O232" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="P232" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="233" spans="1:16">
       <c r="A233" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="B233" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C233" t="s">
         <v>40</v>
       </c>
       <c r="D233" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="E233" t="s">
         <v>42</v>
       </c>
       <c r="F233" t="s">
         <v>33</v>
       </c>
       <c r="G233" t="s">
         <v>22</v>
       </c>
       <c r="H233">
         <v>2013</v>
       </c>
       <c r="I233"/>
       <c r="J233" t="s">
         <v>53</v>
       </c>
       <c r="K233" t="s">
         <v>24</v>
       </c>
       <c r="L233"/>
       <c r="M233" t="s">
         <v>1152</v>
       </c>
       <c r="N233" t="s">
         <v>27</v>
       </c>
       <c r="O233" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="P233" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="234" spans="1:16">
       <c r="A234" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="B234" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C234" t="s">
         <v>40</v>
       </c>
       <c r="D234" t="s">
         <v>766</v>
       </c>
       <c r="E234" t="s">
         <v>42</v>
       </c>
       <c r="F234" t="s">
         <v>33</v>
       </c>
       <c r="G234" t="s">
         <v>22</v>
       </c>
       <c r="H234">
         <v>2013</v>
       </c>
       <c r="I234"/>
       <c r="J234" t="s">
         <v>277</v>
       </c>
       <c r="K234" t="s">
         <v>24</v>
       </c>
       <c r="L234"/>
       <c r="M234" t="s">
         <v>1152</v>
       </c>
       <c r="N234" t="s">
         <v>27</v>
       </c>
       <c r="O234" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="P234" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="235" spans="1:16">
       <c r="A235" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="B235" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="C235" t="s">
         <v>40</v>
       </c>
       <c r="D235" t="s">
         <v>672</v>
       </c>
       <c r="E235" t="s">
         <v>42</v>
       </c>
       <c r="F235" t="s">
         <v>33</v>
       </c>
       <c r="G235" t="s">
         <v>22</v>
       </c>
       <c r="H235">
         <v>2013</v>
       </c>
       <c r="I235"/>
       <c r="J235" t="s">
         <v>277</v>
       </c>
       <c r="K235" t="s">
         <v>24</v>
       </c>
       <c r="L235"/>
       <c r="M235" t="s">
         <v>1152</v>
       </c>
       <c r="N235" t="s">
         <v>27</v>
       </c>
       <c r="O235" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="P235" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="236" spans="1:16">
       <c r="A236" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B236" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="C236" t="s">
         <v>40</v>
       </c>
       <c r="D236" t="s">
         <v>709</v>
       </c>
       <c r="E236" t="s">
         <v>42</v>
       </c>
       <c r="F236" t="s">
         <v>33</v>
       </c>
       <c r="G236" t="s">
         <v>22</v>
       </c>
       <c r="H236">
         <v>2013</v>
       </c>
       <c r="I236"/>
       <c r="J236" t="s">
         <v>277</v>
       </c>
       <c r="K236" t="s">
         <v>24</v>
       </c>
       <c r="L236"/>
       <c r="M236" t="s">
         <v>1152</v>
       </c>
       <c r="N236" t="s">
         <v>27</v>
       </c>
       <c r="O236" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="P236" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="237" spans="1:16">
       <c r="A237" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="B237" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C237" t="s">
         <v>40</v>
       </c>
       <c r="D237" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="E237" t="s">
         <v>42</v>
       </c>
       <c r="F237" t="s">
         <v>33</v>
       </c>
       <c r="G237" t="s">
-        <v>22</v>
+        <v>1222</v>
       </c>
       <c r="H237">
         <v>2014</v>
       </c>
       <c r="I237"/>
       <c r="J237" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="K237" t="s">
         <v>24</v>
       </c>
       <c r="L237"/>
       <c r="M237" t="s">
         <v>1152</v>
       </c>
       <c r="N237" t="s">
         <v>27</v>
       </c>
       <c r="O237" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="P237" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="238" spans="1:16">
       <c r="A238" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="B238" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="C238" t="s">
         <v>40</v>
       </c>
       <c r="D238" t="s">
         <v>64</v>
       </c>
       <c r="E238" t="s">
         <v>42</v>
       </c>
       <c r="F238" t="s">
         <v>33</v>
       </c>
       <c r="G238" t="s">
         <v>44</v>
       </c>
       <c r="H238">
         <v>2014</v>
       </c>
       <c r="I238">
         <v>2024</v>
       </c>
       <c r="J238" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="K238" t="s">
         <v>24</v>
       </c>
       <c r="L238"/>
       <c r="M238" t="s">
         <v>1152</v>
       </c>
       <c r="N238" t="s">
         <v>27</v>
       </c>
       <c r="O238" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="P238" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="239" spans="1:16">
       <c r="A239" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="B239" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="C239" t="s">
         <v>40</v>
       </c>
       <c r="D239" t="s">
         <v>735</v>
       </c>
       <c r="E239" t="s">
         <v>42</v>
       </c>
       <c r="F239" t="s">
         <v>33</v>
       </c>
       <c r="G239" t="s">
         <v>22</v>
       </c>
       <c r="H239">
         <v>2014</v>
       </c>
       <c r="I239"/>
       <c r="J239" t="s">
         <v>277</v>
       </c>
       <c r="K239" t="s">
         <v>24</v>
       </c>
       <c r="L239"/>
       <c r="M239" t="s">
         <v>1152</v>
       </c>
       <c r="N239" t="s">
         <v>27</v>
       </c>
       <c r="O239" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="P239" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="240" spans="1:16">
       <c r="A240" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="B240" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C240" t="s">
         <v>40</v>
       </c>
       <c r="D240" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="E240" t="s">
         <v>42</v>
       </c>
       <c r="F240" t="s">
         <v>33</v>
       </c>
       <c r="G240" t="s">
         <v>22</v>
       </c>
       <c r="H240">
         <v>2016</v>
       </c>
       <c r="I240"/>
       <c r="J240" t="s">
         <v>277</v>
       </c>
       <c r="K240" t="s">
         <v>24</v>
       </c>
       <c r="L240"/>
       <c r="M240" t="s">
         <v>1152</v>
       </c>
       <c r="N240" t="s">
         <v>27</v>
       </c>
       <c r="O240" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="P240" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="241" spans="1:16">
       <c r="A241" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="B241" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="C241" t="s">
         <v>40</v>
       </c>
       <c r="D241" t="s">
         <v>726</v>
       </c>
       <c r="E241" t="s">
         <v>42</v>
       </c>
       <c r="F241" t="s">
         <v>33</v>
       </c>
       <c r="G241" t="s">
         <v>22</v>
       </c>
       <c r="H241">
         <v>2016</v>
       </c>
       <c r="I241"/>
       <c r="J241" t="s">
         <v>277</v>
       </c>
       <c r="K241" t="s">
         <v>24</v>
       </c>
       <c r="L241"/>
       <c r="M241" t="s">
         <v>1152</v>
       </c>
       <c r="N241" t="s">
         <v>27</v>
       </c>
       <c r="O241" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="P241" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="242" spans="1:16">
       <c r="A242" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="B242" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="C242" t="s">
         <v>40</v>
       </c>
       <c r="D242" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="E242" t="s">
         <v>42</v>
       </c>
       <c r="F242" t="s">
         <v>33</v>
       </c>
       <c r="G242" t="s">
         <v>22</v>
       </c>
       <c r="H242">
         <v>2016</v>
       </c>
       <c r="I242"/>
       <c r="J242" t="s">
         <v>277</v>
       </c>
       <c r="K242" t="s">
         <v>24</v>
       </c>
       <c r="L242"/>
       <c r="M242" t="s">
         <v>1152</v>
       </c>
       <c r="N242" t="s">
         <v>27</v>
       </c>
       <c r="O242" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="P242" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="243" spans="1:16">
       <c r="A243" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="B243" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="C243" t="s">
         <v>40</v>
       </c>
       <c r="D243" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="E243" t="s">
         <v>715</v>
       </c>
       <c r="F243" t="s">
         <v>33</v>
       </c>
       <c r="G243" t="s">
         <v>598</v>
       </c>
       <c r="H243"/>
       <c r="I243"/>
       <c r="J243" t="s">
         <v>53</v>
       </c>
       <c r="K243" t="s">
         <v>24</v>
       </c>
       <c r="L243"/>
       <c r="M243" t="s">
         <v>1161</v>
       </c>
       <c r="N243" t="s">
         <v>27</v>
       </c>
       <c r="O243" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="P243" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="244" spans="1:16">
       <c r="A244" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="B244" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C244" t="s">
         <v>40</v>
       </c>
       <c r="D244" t="s">
         <v>284</v>
       </c>
       <c r="E244" t="s">
         <v>42</v>
       </c>
       <c r="F244" t="s">
         <v>33</v>
       </c>
       <c r="G244" t="s">
         <v>22</v>
       </c>
       <c r="H244">
         <v>2007</v>
       </c>
       <c r="I244"/>
       <c r="J244" t="s">
         <v>277</v>
       </c>
       <c r="K244" t="s">
         <v>24</v>
       </c>
       <c r="L244"/>
       <c r="M244" t="s">
         <v>1152</v>
       </c>
       <c r="N244" t="s">
         <v>27</v>
       </c>
       <c r="O244" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="P244" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="245" spans="1:16">
       <c r="A245" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="B245" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="C245" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D245" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="E245" t="s">
         <v>42</v>
       </c>
       <c r="F245" t="s">
         <v>33</v>
       </c>
       <c r="G245" t="s">
         <v>22</v>
       </c>
       <c r="H245">
         <v>2021</v>
       </c>
       <c r="I245"/>
       <c r="J245" t="s">
         <v>53</v>
       </c>
       <c r="K245" t="s">
         <v>24</v>
       </c>
       <c r="L245" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="M245" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N245" t="s">
         <v>27</v>
       </c>
       <c r="O245" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="P245"/>
     </row>
     <row r="246" spans="1:16">
       <c r="A246" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="B246" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="C246" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D246" t="s">
         <v>592</v>
       </c>
       <c r="E246" t="s">
         <v>42</v>
       </c>
       <c r="F246" t="s">
         <v>43</v>
       </c>
       <c r="G246" t="s">
         <v>44</v>
       </c>
       <c r="H246">
         <v>2002</v>
       </c>
       <c r="I246">
         <v>2015</v>
       </c>
       <c r="J246" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="K246" t="s">
         <v>789</v>
       </c>
       <c r="L246" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="M246" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N246" t="s">
         <v>27</v>
       </c>
       <c r="O246" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="P246" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="247" spans="1:16">
       <c r="A247" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="B247" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="C247" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D247" t="s">
         <v>592</v>
       </c>
       <c r="E247" t="s">
         <v>42</v>
       </c>
       <c r="F247" t="s">
         <v>33</v>
       </c>
       <c r="G247" t="s">
         <v>44</v>
       </c>
       <c r="H247">
         <v>2013</v>
       </c>
       <c r="I247">
         <v>2015</v>
       </c>
       <c r="J247" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="K247" t="s">
         <v>789</v>
       </c>
       <c r="L247" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="M247" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N247" t="s">
         <v>27</v>
       </c>
       <c r="O247" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="P247" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="248" spans="1:16">
       <c r="A248" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="B248" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="C248" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D248" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="E248" t="s">
         <v>42</v>
       </c>
       <c r="F248" t="s">
         <v>43</v>
       </c>
       <c r="G248" t="s">
         <v>22</v>
       </c>
       <c r="H248">
         <v>2006</v>
       </c>
       <c r="I248"/>
       <c r="J248" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="K248" t="s">
         <v>24</v>
       </c>
       <c r="L248" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="M248" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N248" t="s">
         <v>27</v>
       </c>
       <c r="O248" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="P248" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="249" spans="1:16">
       <c r="A249" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="B249" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C249" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D249" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="E249" t="s">
         <v>20</v>
       </c>
       <c r="F249" t="s">
         <v>43</v>
       </c>
       <c r="G249" t="s">
         <v>44</v>
       </c>
       <c r="H249">
         <v>2011</v>
       </c>
       <c r="I249">
         <v>2014</v>
       </c>
       <c r="J249" t="s">
         <v>53</v>
       </c>
       <c r="K249" t="s">
         <v>789</v>
       </c>
       <c r="L249" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="M249" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N249" t="s">
         <v>27</v>
       </c>
       <c r="O249" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="P249" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="250" spans="1:16">
       <c r="A250" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="B250" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="C250" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D250" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="E250" t="s">
         <v>42</v>
       </c>
       <c r="F250" t="s">
         <v>33</v>
       </c>
       <c r="G250" t="s">
         <v>44</v>
       </c>
       <c r="H250">
         <v>2015</v>
       </c>
       <c r="I250">
         <v>2017</v>
       </c>
       <c r="J250" t="s">
         <v>53</v>
       </c>
       <c r="K250" t="s">
         <v>789</v>
       </c>
       <c r="L250" t="s">
+        <v>1286</v>
+      </c>
+      <c r="M250" t="s">
+        <v>1261</v>
+      </c>
+      <c r="N250" t="s">
+        <v>27</v>
+      </c>
+      <c r="O250" t="s">
+        <v>1287</v>
+      </c>
+      <c r="P250" t="s">
         <v>1284</v>
-      </c>
-[...10 lines deleted...]
-        <v>1282</v>
       </c>
     </row>
     <row r="251" spans="1:16">
       <c r="A251" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="B251" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C251" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D251" t="s">
         <v>150</v>
       </c>
       <c r="E251" t="s">
         <v>42</v>
       </c>
       <c r="F251" t="s">
         <v>33</v>
       </c>
       <c r="G251" t="s">
         <v>22</v>
       </c>
       <c r="H251">
         <v>2015</v>
       </c>
       <c r="I251"/>
       <c r="J251" t="s">
         <v>53</v>
       </c>
       <c r="K251" t="s">
         <v>24</v>
       </c>
       <c r="L251" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="M251" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N251" t="s">
         <v>27</v>
       </c>
       <c r="O251" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="P251" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="252" spans="1:16">
       <c r="A252" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B252" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="C252" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D252" t="s">
         <v>150</v>
       </c>
       <c r="E252" t="s">
         <v>42</v>
       </c>
       <c r="F252" t="s">
         <v>43</v>
       </c>
       <c r="G252" t="s">
         <v>22</v>
       </c>
       <c r="H252">
         <v>2015</v>
       </c>
       <c r="I252"/>
       <c r="J252" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="K252" t="s">
         <v>24</v>
       </c>
       <c r="L252" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="M252" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N252" t="s">
         <v>27</v>
       </c>
       <c r="O252" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="P252" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="253" spans="1:16">
       <c r="A253" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="B253" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C253" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D253" t="s">
         <v>231</v>
       </c>
       <c r="E253" t="s">
         <v>42</v>
       </c>
       <c r="F253" t="s">
         <v>33</v>
       </c>
       <c r="G253" t="s">
         <v>44</v>
       </c>
       <c r="H253">
         <v>2011</v>
       </c>
       <c r="I253">
         <v>2021</v>
       </c>
       <c r="J253" t="s">
         <v>53</v>
       </c>
       <c r="K253" t="s">
         <v>24</v>
       </c>
       <c r="L253" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="M253" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N253" t="s">
         <v>27</v>
       </c>
       <c r="O253" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="P253" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="254" spans="1:16">
       <c r="A254" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="B254" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="C254" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D254" t="s">
         <v>138</v>
       </c>
       <c r="E254" t="s">
         <v>42</v>
       </c>
       <c r="F254" t="s">
         <v>43</v>
       </c>
       <c r="G254" t="s">
         <v>44</v>
       </c>
       <c r="H254">
         <v>2002</v>
       </c>
       <c r="I254">
         <v>2021</v>
       </c>
       <c r="J254" t="s">
         <v>53</v>
       </c>
       <c r="K254" t="s">
         <v>24</v>
       </c>
       <c r="L254" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="M254" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N254" t="s">
         <v>27</v>
       </c>
       <c r="O254" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="P254" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="255" spans="1:16">
       <c r="A255" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="B255" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="C255" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D255" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="E255" t="s">
         <v>42</v>
       </c>
       <c r="F255" t="s">
         <v>43</v>
       </c>
       <c r="G255" t="s">
         <v>22</v>
       </c>
       <c r="H255">
         <v>2021</v>
       </c>
       <c r="I255"/>
       <c r="J255" t="s">
         <v>53</v>
       </c>
       <c r="K255" t="s">
         <v>24</v>
       </c>
       <c r="L255" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="M255" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N255" t="s">
         <v>27</v>
       </c>
       <c r="O255" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="P255" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="256" spans="1:16">
       <c r="A256" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="B256" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="C256" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D256" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="E256" t="s">
         <v>42</v>
       </c>
       <c r="F256" t="s">
         <v>43</v>
       </c>
       <c r="G256" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="H256">
         <v>2021</v>
       </c>
       <c r="I256"/>
       <c r="J256" t="s">
         <v>53</v>
       </c>
       <c r="K256" t="s">
         <v>24</v>
       </c>
       <c r="L256" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="M256" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N256" t="s">
         <v>27</v>
       </c>
       <c r="O256" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="P256" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="257" spans="1:16">
       <c r="A257" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="B257" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="C257" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D257" t="s">
         <v>101</v>
       </c>
       <c r="E257" t="s">
         <v>42</v>
       </c>
       <c r="F257" t="s">
         <v>33</v>
       </c>
       <c r="G257" t="s">
         <v>44</v>
       </c>
       <c r="H257">
         <v>2011</v>
       </c>
       <c r="I257">
         <v>2021</v>
       </c>
       <c r="J257" t="s">
         <v>53</v>
       </c>
       <c r="K257" t="s">
         <v>24</v>
       </c>
       <c r="L257" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="M257" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N257" t="s">
         <v>27</v>
       </c>
       <c r="O257" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="P257" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="258" spans="1:16">
       <c r="A258" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="B258" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="C258" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D258" t="s">
         <v>138</v>
       </c>
       <c r="E258" t="s">
         <v>42</v>
       </c>
       <c r="F258" t="s">
         <v>33</v>
       </c>
       <c r="G258" t="s">
         <v>44</v>
       </c>
       <c r="H258">
         <v>2011</v>
       </c>
       <c r="I258">
         <v>2021</v>
       </c>
       <c r="J258" t="s">
         <v>53</v>
       </c>
       <c r="K258" t="s">
         <v>24</v>
       </c>
       <c r="L258" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="M258" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N258" t="s">
         <v>27</v>
       </c>
       <c r="O258" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="P258" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="259" spans="1:16">
       <c r="A259" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="B259" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="C259" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D259" t="s">
         <v>82</v>
       </c>
       <c r="E259" t="s">
         <v>42</v>
       </c>
       <c r="F259" t="s">
         <v>33</v>
       </c>
       <c r="G259" t="s">
         <v>22</v>
       </c>
       <c r="H259">
         <v>2021</v>
       </c>
       <c r="I259"/>
       <c r="J259" t="s">
         <v>53</v>
       </c>
       <c r="K259" t="s">
         <v>24</v>
       </c>
       <c r="L259" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="M259" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N259" t="s">
         <v>27</v>
       </c>
       <c r="O259" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="P259" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="260" spans="1:16">
       <c r="A260" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="B260" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="C260" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D260" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="E260" t="s">
         <v>42</v>
       </c>
       <c r="F260" t="s">
         <v>634</v>
       </c>
       <c r="G260" t="s">
         <v>22</v>
       </c>
       <c r="H260">
         <v>2021</v>
       </c>
       <c r="I260"/>
       <c r="J260" t="s">
         <v>53</v>
       </c>
       <c r="K260" t="s">
         <v>24</v>
       </c>
       <c r="L260" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="M260" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N260" t="s">
         <v>27</v>
       </c>
       <c r="O260" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="P260" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="261" spans="1:16">
       <c r="A261" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="B261" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="C261" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D261" t="s">
         <v>231</v>
       </c>
       <c r="E261" t="s">
         <v>42</v>
       </c>
       <c r="F261" t="s">
         <v>43</v>
       </c>
       <c r="G261" t="s">
         <v>44</v>
       </c>
       <c r="H261">
         <v>2002</v>
       </c>
       <c r="I261">
         <v>2021</v>
       </c>
       <c r="J261" t="s">
         <v>53</v>
       </c>
       <c r="K261" t="s">
         <v>24</v>
       </c>
       <c r="L261" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="M261" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N261" t="s">
         <v>27</v>
       </c>
       <c r="O261" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="P261" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="262" spans="1:16">
       <c r="A262" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="B262" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="C262" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D262" t="s">
         <v>101</v>
       </c>
       <c r="E262" t="s">
         <v>42</v>
       </c>
       <c r="F262" t="s">
         <v>43</v>
       </c>
       <c r="G262" t="s">
         <v>44</v>
       </c>
       <c r="H262">
         <v>2002</v>
       </c>
       <c r="I262">
         <v>2021</v>
       </c>
       <c r="J262" t="s">
         <v>53</v>
       </c>
       <c r="K262" t="s">
         <v>24</v>
       </c>
       <c r="L262" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="M262" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N262" t="s">
         <v>27</v>
       </c>
       <c r="O262" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="P262" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="263" spans="1:16">
       <c r="A263" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="B263" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="C263" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D263" t="s">
         <v>70</v>
       </c>
       <c r="E263" t="s">
         <v>42</v>
       </c>
       <c r="F263" t="s">
         <v>43</v>
       </c>
       <c r="G263" t="s">
         <v>44</v>
       </c>
       <c r="H263">
         <v>2002</v>
       </c>
       <c r="I263">
         <v>2021</v>
       </c>
       <c r="J263" t="s">
         <v>53</v>
       </c>
       <c r="K263" t="s">
         <v>24</v>
       </c>
       <c r="L263" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="M263" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N263" t="s">
         <v>27</v>
       </c>
       <c r="O263" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="P263" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="264" spans="1:16">
       <c r="A264" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="B264" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="C264" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D264" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="E264" t="s">
         <v>42</v>
       </c>
       <c r="F264" t="s">
         <v>33</v>
       </c>
       <c r="G264" t="s">
         <v>22</v>
       </c>
       <c r="H264">
         <v>2021</v>
       </c>
       <c r="I264"/>
       <c r="J264" t="s">
         <v>53</v>
       </c>
       <c r="K264" t="s">
         <v>24</v>
       </c>
       <c r="L264" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="M264" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N264" t="s">
         <v>27</v>
       </c>
       <c r="O264" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="P264"/>
     </row>
     <row r="265" spans="1:16">
       <c r="A265" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="B265" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="C265" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D265" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="E265" t="s">
         <v>42</v>
       </c>
       <c r="F265" t="s">
         <v>33</v>
       </c>
       <c r="G265" t="s">
         <v>22</v>
       </c>
       <c r="H265">
         <v>2021</v>
       </c>
       <c r="I265"/>
       <c r="J265" t="s">
         <v>53</v>
       </c>
       <c r="K265" t="s">
         <v>24</v>
       </c>
       <c r="L265" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="M265" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N265" t="s">
         <v>27</v>
       </c>
       <c r="O265" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="P265"/>
     </row>
     <row r="266" spans="1:16">
       <c r="A266" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="B266" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="C266" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D266" t="s">
         <v>133</v>
       </c>
       <c r="E266" t="s">
         <v>42</v>
       </c>
       <c r="F266" t="s">
         <v>43</v>
       </c>
       <c r="G266" t="s">
         <v>22</v>
       </c>
       <c r="H266">
         <v>2022</v>
       </c>
       <c r="I266"/>
       <c r="J266" t="s">
         <v>53</v>
       </c>
       <c r="K266" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="L266" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="M266" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N266" t="s">
         <v>27</v>
       </c>
       <c r="O266" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="P266" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="267" spans="1:16">
       <c r="A267" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="B267" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="C267" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D267" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="E267" t="s">
         <v>42</v>
       </c>
       <c r="F267" t="s">
         <v>43</v>
       </c>
       <c r="G267" t="s">
         <v>22</v>
       </c>
       <c r="H267">
         <v>2022</v>
       </c>
       <c r="I267"/>
       <c r="J267" t="s">
         <v>53</v>
       </c>
       <c r="K267" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="L267"/>
       <c r="M267" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N267" t="s">
         <v>27</v>
       </c>
       <c r="O267" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="P267" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="268" spans="1:16">
       <c r="A268" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="B268" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="C268" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D268" t="s">
         <v>133</v>
       </c>
       <c r="E268" t="s">
         <v>42</v>
       </c>
       <c r="F268" t="s">
         <v>33</v>
       </c>
       <c r="G268" t="s">
         <v>22</v>
       </c>
       <c r="H268">
         <v>2022</v>
       </c>
       <c r="I268"/>
       <c r="J268" t="s">
         <v>53</v>
       </c>
       <c r="K268" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="L268" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="M268" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N268" t="s">
         <v>27</v>
       </c>
       <c r="O268" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="P268" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="269" spans="1:16">
       <c r="A269" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="B269" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C269" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D269" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="E269" t="s">
         <v>42</v>
       </c>
       <c r="F269" t="s">
         <v>33</v>
       </c>
       <c r="G269" t="s">
         <v>22</v>
       </c>
       <c r="H269">
         <v>2022</v>
       </c>
       <c r="I269"/>
       <c r="J269" t="s">
         <v>53</v>
       </c>
       <c r="K269" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="L269" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="M269" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N269" t="s">
         <v>27</v>
       </c>
       <c r="O269" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="P269" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="270" spans="1:16">
       <c r="A270" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="B270" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="C270" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D270" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="E270" t="s">
         <v>42</v>
       </c>
       <c r="F270" t="s">
         <v>33</v>
       </c>
       <c r="G270" t="s">
         <v>22</v>
       </c>
       <c r="H270">
         <v>2022</v>
       </c>
       <c r="I270"/>
       <c r="J270" t="s">
         <v>53</v>
       </c>
       <c r="K270" t="s">
         <v>24</v>
       </c>
       <c r="L270" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="M270" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N270" t="s">
         <v>27</v>
       </c>
       <c r="O270" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="P270" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="271" spans="1:16">
       <c r="A271" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="B271" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="C271" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D271" t="s">
         <v>197</v>
       </c>
       <c r="E271" t="s">
         <v>42</v>
       </c>
       <c r="F271" t="s">
         <v>626</v>
       </c>
       <c r="G271" t="s">
         <v>22</v>
       </c>
       <c r="H271">
         <v>2008</v>
       </c>
       <c r="I271"/>
       <c r="J271" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="K271" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="L271" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="M271" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N271" t="s">
         <v>27</v>
       </c>
       <c r="O271" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="P271" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="272" spans="1:16">
       <c r="A272" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="B272" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="C272" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D272" t="s">
         <v>95</v>
       </c>
       <c r="E272" t="s">
         <v>42</v>
       </c>
       <c r="F272" t="s">
         <v>43</v>
       </c>
       <c r="G272" t="s">
         <v>44</v>
       </c>
       <c r="H272">
         <v>2012</v>
       </c>
       <c r="I272">
         <v>2015</v>
       </c>
       <c r="J272" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="K272" t="s">
         <v>24</v>
       </c>
       <c r="L272" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="M272" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N272" t="s">
         <v>27</v>
       </c>
       <c r="O272" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="P272" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="273" spans="1:16">
       <c r="A273" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="B273" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="C273" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D273" t="s">
         <v>138</v>
       </c>
       <c r="E273" t="s">
         <v>20</v>
       </c>
       <c r="F273" t="s">
         <v>21</v>
       </c>
       <c r="G273" t="s">
         <v>44</v>
       </c>
       <c r="H273">
         <v>2013</v>
       </c>
       <c r="I273">
         <v>2020</v>
       </c>
       <c r="J273" t="s">
         <v>166</v>
       </c>
       <c r="K273" t="s">
         <v>24</v>
       </c>
       <c r="L273" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="M273" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="N273" t="s">
         <v>27</v>
       </c>
       <c r="O273" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="P273" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="274" spans="1:16">
       <c r="A274" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="B274" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="C274" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D274" t="s">
         <v>19</v>
       </c>
       <c r="E274" t="s">
         <v>20</v>
       </c>
       <c r="F274" t="s">
         <v>21</v>
       </c>
       <c r="G274" t="s">
         <v>44</v>
       </c>
       <c r="H274">
         <v>2011</v>
       </c>
       <c r="I274">
         <v>2019</v>
       </c>
       <c r="J274" t="s">
         <v>166</v>
       </c>
       <c r="K274" t="s">
         <v>24</v>
       </c>
       <c r="L274" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="M274" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="N274" t="s">
         <v>27</v>
       </c>
       <c r="O274" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="P274" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="275" spans="1:16">
       <c r="A275" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="B275" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="C275" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D275" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="E275" t="s">
         <v>20</v>
       </c>
       <c r="F275" t="s">
         <v>21</v>
       </c>
       <c r="G275" t="s">
         <v>22</v>
       </c>
       <c r="H275">
         <v>2013</v>
       </c>
       <c r="I275"/>
       <c r="J275" t="s">
         <v>814</v>
       </c>
       <c r="K275" t="s">
         <v>24</v>
       </c>
       <c r="L275" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="M275" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="N275" t="s">
         <v>27</v>
       </c>
       <c r="O275" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="P275" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="276" spans="1:16">
       <c r="A276" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="B276" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="C276" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D276" t="s">
         <v>197</v>
       </c>
       <c r="E276" t="s">
         <v>20</v>
       </c>
       <c r="F276" t="s">
         <v>21</v>
       </c>
       <c r="G276" t="s">
         <v>44</v>
       </c>
       <c r="H276">
         <v>2014</v>
       </c>
       <c r="I276">
         <v>2015</v>
       </c>
       <c r="J276" t="s">
         <v>814</v>
       </c>
       <c r="K276" t="s">
         <v>24</v>
       </c>
       <c r="L276"/>
       <c r="M276" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="N276" t="s">
         <v>27</v>
       </c>
       <c r="O276" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="P276" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="277" spans="1:16">
       <c r="A277" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="B277" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="C277" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D277" t="s">
         <v>386</v>
       </c>
       <c r="E277" t="s">
         <v>20</v>
       </c>
       <c r="F277" t="s">
         <v>21</v>
       </c>
       <c r="G277" t="s">
         <v>22</v>
       </c>
       <c r="H277">
         <v>2014</v>
       </c>
       <c r="I277">
         <v>2019</v>
       </c>
       <c r="J277" t="s">
         <v>166</v>
       </c>
       <c r="K277" t="s">
         <v>24</v>
       </c>
       <c r="L277"/>
       <c r="M277" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="N277" t="s">
         <v>27</v>
       </c>
       <c r="O277" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="P277" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="278" spans="1:16">
       <c r="A278" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="B278" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="C278" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D278" t="s">
         <v>231</v>
       </c>
       <c r="E278" t="s">
         <v>20</v>
       </c>
       <c r="F278" t="s">
         <v>21</v>
       </c>
       <c r="G278" t="s">
         <v>22</v>
       </c>
       <c r="H278">
         <v>2016</v>
       </c>
       <c r="I278">
         <v>2018</v>
       </c>
       <c r="J278" t="s">
         <v>166</v>
       </c>
       <c r="K278" t="s">
         <v>24</v>
       </c>
       <c r="L278"/>
       <c r="M278" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="N278" t="s">
         <v>27</v>
       </c>
       <c r="O278" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="P278" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="279" spans="1:16">
       <c r="A279" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="B279" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="C279" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D279" t="s">
         <v>113</v>
       </c>
       <c r="E279" t="s">
         <v>20</v>
       </c>
       <c r="F279" t="s">
         <v>21</v>
       </c>
       <c r="G279" t="s">
         <v>22</v>
       </c>
       <c r="H279">
         <v>2017</v>
       </c>
       <c r="I279"/>
       <c r="J279" t="s">
         <v>814</v>
       </c>
       <c r="K279" t="s">
         <v>24</v>
       </c>
       <c r="L279"/>
       <c r="M279" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="N279" t="s">
         <v>27</v>
       </c>
       <c r="O279" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="P279" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="280" spans="1:16">
       <c r="A280" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="B280" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="C280" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D280" t="s">
         <v>95</v>
       </c>
       <c r="E280" t="s">
         <v>20</v>
       </c>
       <c r="F280" t="s">
         <v>21</v>
       </c>
       <c r="G280" t="s">
         <v>44</v>
       </c>
       <c r="H280">
         <v>2016</v>
       </c>
       <c r="I280">
         <v>2019</v>
       </c>
       <c r="J280" t="s">
         <v>814</v>
       </c>
       <c r="K280" t="s">
         <v>24</v>
       </c>
       <c r="L280"/>
       <c r="M280" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="N280" t="s">
         <v>27</v>
       </c>
       <c r="O280" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="P280" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="281" spans="1:16">
       <c r="A281" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="B281" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="C281" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D281" t="s">
         <v>188</v>
       </c>
       <c r="E281" t="s">
         <v>42</v>
       </c>
       <c r="F281" t="s">
         <v>33</v>
       </c>
       <c r="G281" t="s">
         <v>598</v>
       </c>
       <c r="H281"/>
       <c r="I281"/>
       <c r="J281" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="K281" t="s">
         <v>24</v>
       </c>
       <c r="L281"/>
       <c r="M281" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="N281" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="O281" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="P281"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>