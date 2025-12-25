--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -4781,51 +4781,51 @@
       </c>
       <c r="P33" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
         <v>206</v>
       </c>
       <c r="B34" t="s">
         <v>207</v>
       </c>
       <c r="C34" t="s">
         <v>32</v>
       </c>
       <c r="D34" t="s">
         <v>208</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H34">
         <v>2021</v>
       </c>
       <c r="I34">
         <v>2024</v>
       </c>
       <c r="J34" t="s">
         <v>209</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>210</v>
       </c>
       <c r="M34" t="s">
         <v>36</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
         <v>211</v>
       </c>