--- v0 (2025-12-12)
+++ v1 (2026-01-27)
@@ -2841,51 +2841,53 @@
         <v>121</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>235</v>
       </c>
       <c r="B32" t="s">
         <v>236</v>
       </c>
       <c r="C32" t="s">
         <v>104</v>
       </c>
       <c r="D32" t="s">
         <v>33</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>73</v>
       </c>
-      <c r="H32"/>
+      <c r="H32">
+        <v>2024</v>
+      </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>237</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>222</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>238</v>
       </c>
       <c r="P32" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
         <v>240</v>
       </c>