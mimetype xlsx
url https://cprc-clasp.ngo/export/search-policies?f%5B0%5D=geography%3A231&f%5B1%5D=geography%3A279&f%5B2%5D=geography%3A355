--- v0 (2025-11-28)
+++ v1 (2026-01-22)
@@ -3757,51 +3757,51 @@
       </c>
       <c r="P47" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>258</v>
       </c>
       <c r="B48" t="s">
         <v>259</v>
       </c>
       <c r="C48" t="s">
         <v>98</v>
       </c>
       <c r="D48" t="s">
         <v>260</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>68</v>
       </c>
       <c r="G48" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H48">
         <v>2021</v>
       </c>
       <c r="I48">
         <v>2024</v>
       </c>
       <c r="J48" t="s">
         <v>261</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48" t="s">
         <v>262</v>
       </c>
       <c r="M48" t="s">
         <v>101</v>
       </c>
       <c r="N48" t="s">
         <v>26</v>
       </c>
       <c r="O48" t="s">
         <v>263</v>
       </c>