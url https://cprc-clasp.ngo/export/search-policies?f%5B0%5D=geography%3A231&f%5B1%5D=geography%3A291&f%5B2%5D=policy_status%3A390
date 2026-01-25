--- v0 (2025-11-28)
+++ v1 (2026-01-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -330,94 +330,113 @@
     <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/12848/</t>
   </si>
   <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
     <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Freezers-only</t>
-  </si>
-[...7 lines deleted...]
-    <t>August 2025</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-[...1 lines deleted...]
-  <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
@@ -455,51 +474,51 @@
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
     <t>Low-pressure lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
     <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -839,51 +858,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P24"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -1649,398 +1668,444 @@
       <c r="C17" t="s">
         <v>108</v>
       </c>
       <c r="D17" t="s">
         <v>109</v>
       </c>
       <c r="E17" t="s">
         <v>110</v>
       </c>
       <c r="F17" t="s">
         <v>111</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2025</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>112</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17" t="s">
+      <c r="L17"/>
+      <c r="M17" t="s">
         <v>113</v>
       </c>
-      <c r="M17" t="s">
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
         <v>114</v>
       </c>
-      <c r="N17" t="s">
-[...2 lines deleted...]
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C18" t="s">
         <v>108</v>
       </c>
       <c r="D18" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
       <c r="E18" t="s">
         <v>110</v>
       </c>
       <c r="F18" t="s">
         <v>111</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>119</v>
+      </c>
+      <c r="M18" t="s">
+        <v>113</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
         <v>120</v>
       </c>
-      <c r="M18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P18" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B19" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="C19" t="s">
         <v>108</v>
       </c>
       <c r="D19" t="s">
-        <v>125</v>
+        <v>101</v>
       </c>
       <c r="E19" t="s">
         <v>110</v>
       </c>
       <c r="F19" t="s">
         <v>111</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H19">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
+        <v>125</v>
+      </c>
+      <c r="M19" t="s">
+        <v>113</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
         <v>126</v>
       </c>
-      <c r="M19" t="s">
-[...5 lines deleted...]
-      <c r="O19" t="s">
+      <c r="P19" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>128</v>
+      </c>
+      <c r="B20" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="C20" t="s">
         <v>108</v>
       </c>
       <c r="D20" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E20" t="s">
         <v>110</v>
       </c>
       <c r="F20" t="s">
         <v>111</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H20">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>113</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
         <v>132</v>
       </c>
-      <c r="M20" t="s">
-[...5 lines deleted...]
-      <c r="O20" t="s">
+      <c r="P20" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="C21" t="s">
         <v>108</v>
       </c>
       <c r="D21" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E21" t="s">
         <v>110</v>
       </c>
       <c r="F21" t="s">
         <v>111</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H21">
         <v>2020</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
+        <v>137</v>
+      </c>
+      <c r="M21" t="s">
+        <v>113</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
         <v>138</v>
       </c>
-      <c r="M21" t="s">
-[...5 lines deleted...]
-      <c r="O21" t="s">
+      <c r="P21" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
-        <v>2015</v>
+        <v>2020</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
+        <v>143</v>
+      </c>
+      <c r="M22" t="s">
+        <v>113</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
         <v>144</v>
       </c>
-      <c r="M22" t="s">
-[...5 lines deleted...]
-      <c r="O22" t="s">
+      <c r="P22" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>146</v>
+      </c>
+      <c r="B23" t="s">
         <v>147</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
+        <v>108</v>
+      </c>
+      <c r="D23" t="s">
         <v>148</v>
       </c>
-      <c r="C23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="F23" t="s">
-        <v>149</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
-      <c r="L23"/>
+      <c r="L23" t="s">
+        <v>149</v>
+      </c>
       <c r="M23" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
         <v>150</v>
       </c>
       <c r="P23" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>152</v>
       </c>
       <c r="B24" t="s">
         <v>153</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>154</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>23</v>
       </c>
       <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>103</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
         <v>155</v>
       </c>
-      <c r="L24" t="s">
+      <c r="P24" t="s">
         <v>156</v>
       </c>
-      <c r="M24" t="s">
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
         <v>157</v>
       </c>
-      <c r="N24" t="s">
-[...2 lines deleted...]
-      <c r="O24" t="s">
+      <c r="B25" t="s">
         <v>158</v>
       </c>
-      <c r="P24" t="s">
-        <v>151</v>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>159</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>154</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2012</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>160</v>
+      </c>
+      <c r="L25" t="s">
+        <v>161</v>
+      </c>
+      <c r="M25" t="s">
+        <v>162</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>163</v>
+      </c>
+      <c r="P25" t="s">
+        <v>156</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">