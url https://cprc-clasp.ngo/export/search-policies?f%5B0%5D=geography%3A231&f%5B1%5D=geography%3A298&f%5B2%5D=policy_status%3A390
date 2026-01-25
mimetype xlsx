--- v0 (2025-11-28)
+++ v1 (2026-01-25)
@@ -372,63 +372,63 @@
     <t>Comparative Label</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MELS for Refrigerators</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for the following products:
 - Refrigerators without a freezer up to 900L
 - Refrigerators with a freezer up to 300L
 - Refrigerators with a freezer &gt; 300L to 900L
 - Refrigerators with freezer and through-the-door ice dispenser</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
@@ -452,134 +452,134 @@
   </si>
   <si>
     <t>IEC 62087:2008
 ,   
                     IEC 62087:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-televisions</t>
   </si>
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>MEPS for Televisions (2024/2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for non-8K TV at 4-tick and 8K TV at 3-tick, effective in April 2024, and April 2025 respectively, as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-televisions-20242025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
-[...2 lines deleted...]
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
+  </si>
+  <si>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
     <t>Low-pressure lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
     <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
@@ -1893,99 +1893,99 @@
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>118</v>
       </c>
       <c r="B18" t="s">
         <v>119</v>
       </c>
       <c r="C18" t="s">
         <v>108</v>
       </c>
       <c r="D18" t="s">
         <v>120</v>
       </c>
       <c r="E18" t="s">
         <v>110</v>
       </c>
       <c r="F18" t="s">
         <v>111</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>121</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>115</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
         <v>122</v>
       </c>
       <c r="P18" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>123</v>
       </c>
       <c r="B19" t="s">
         <v>124</v>
       </c>
       <c r="C19" t="s">
         <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>125</v>
       </c>
       <c r="E19" t="s">
         <v>110</v>
       </c>
       <c r="F19" t="s">
         <v>111</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="H19">
+      <c r="H19"/>
+      <c r="I19">
         <v>2024</v>
       </c>
-      <c r="I19"/>
       <c r="J19" t="s">
         <v>121</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>115</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
         <v>126</v>
       </c>
       <c r="P19" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>127</v>
       </c>
       <c r="B20" t="s">
@@ -2128,54 +2128,54 @@
       </c>
       <c r="P22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>142</v>
       </c>
       <c r="B23" t="s">
         <v>143</v>
       </c>
       <c r="C23" t="s">
         <v>108</v>
       </c>
       <c r="D23" t="s">
         <v>144</v>
       </c>
       <c r="E23" t="s">
         <v>110</v>
       </c>
       <c r="F23" t="s">
         <v>111</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>112</v>
       </c>
       <c r="H23">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
         <v>121</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>115</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
         <v>145</v>
       </c>
       <c r="P23" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>146</v>
@@ -2268,51 +2268,53 @@
         <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>153</v>
       </c>
       <c r="B26" t="s">
         <v>154</v>
       </c>
       <c r="C26" t="s">
         <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>134</v>
       </c>
       <c r="E26" t="s">
         <v>110</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
-      <c r="H26"/>
+      <c r="H26">
+        <v>2024</v>
+      </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>121</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>115</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
         <v>155</v>
       </c>
       <c r="P26" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>156</v>
       </c>