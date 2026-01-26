--- v0 (2025-12-12)
+++ v1 (2026-01-26)
@@ -1392,51 +1392,53 @@
         <v>91</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>92</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>50</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>35</v>
       </c>
       <c r="G13" t="s">
         <v>36</v>
       </c>
-      <c r="H13"/>
+      <c r="H13">
+        <v>2024</v>
+      </c>
       <c r="I13"/>
       <c r="J13" t="s">
         <v>94</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
         <v>89</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
         <v>95</v>
       </c>
       <c r="P13" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>97</v>
       </c>