--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -122,75 +122,75 @@
   <si>
     <t>https://internet-law.ru/gosts/gost/19717/</t>
   </si>
   <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
     <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/53522/</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -730,51 +730,51 @@
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>31</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>43</v>
       </c>
       <c r="N4" t="s">
         <v>26</v>
       </c>
       <c r="O4" t="s">
         <v>44</v>
       </c>
       <c r="P4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>