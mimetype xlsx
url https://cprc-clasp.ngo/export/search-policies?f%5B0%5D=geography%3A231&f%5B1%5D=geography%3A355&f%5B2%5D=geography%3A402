--- v0 (2025-11-16)
+++ v1 (2026-01-27)
@@ -2622,51 +2622,51 @@
       </c>
       <c r="P28" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>178</v>
       </c>
       <c r="B29" t="s">
         <v>179</v>
       </c>
       <c r="C29" t="s">
         <v>31</v>
       </c>
       <c r="D29" t="s">
         <v>180</v>
       </c>
       <c r="E29" t="s">
         <v>33</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29">
         <v>2024</v>
       </c>
       <c r="J29" t="s">
         <v>181</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>182</v>
       </c>
       <c r="M29" t="s">
         <v>37</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
         <v>183</v>
       </c>