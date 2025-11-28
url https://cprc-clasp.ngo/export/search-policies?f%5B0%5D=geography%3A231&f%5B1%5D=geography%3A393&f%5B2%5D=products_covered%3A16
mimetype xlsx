--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,266 +12,333 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -535,561 +602,630 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="384.478" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1985</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4">
+        <v>1991</v>
+      </c>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>1989</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>1989</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1990</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1989</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1983</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
         <v>32</v>
       </c>
-      <c r="G4">
-[...5 lines deleted...]
-      <c r="I4" t="s">
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1987</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>33</v>
       </c>
-      <c r="M4" t="s">
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>34</v>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>71</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>72</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...15 lines deleted...]
-      <c r="L5" t="s">
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>75</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="M5" t="s">
-[...175 lines deleted...]
-      <c r="C10" t="s">
+      <c r="K11" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11" t="s">
+        <v>77</v>
+      </c>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...68 lines deleted...]
-        <v>58</v>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>