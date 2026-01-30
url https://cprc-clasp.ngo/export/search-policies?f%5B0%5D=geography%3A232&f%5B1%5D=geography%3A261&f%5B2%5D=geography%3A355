--- v0 (2025-11-29)
+++ v1 (2026-01-30)
@@ -4035,51 +4035,51 @@
       </c>
       <c r="P50" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>277</v>
       </c>
       <c r="B51" t="s">
         <v>278</v>
       </c>
       <c r="C51" t="s">
         <v>214</v>
       </c>
       <c r="D51" t="s">
         <v>279</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>280</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H51">
         <v>2021</v>
       </c>
       <c r="I51">
         <v>2024</v>
       </c>
       <c r="J51" t="s">
         <v>281</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
         <v>282</v>
       </c>
       <c r="M51" t="s">
         <v>217</v>
       </c>
       <c r="N51" t="s">
         <v>32</v>
       </c>
       <c r="O51" t="s">
         <v>283</v>
       </c>