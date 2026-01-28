--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -104,63 +104,64 @@
   <si>
     <t>Entered into force, Revised, To Be Superseded</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=uriserv%3AOJ.L_.2019.272.01.0095.01.ENG&amp;toc=OJ%3AL%3A2019%3A272%3ATOC</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2025/2052 of 13 October 2025  laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables</t>
   </si>
   <si>
-    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.</t>
+    <t>Laying down ecodesign requirements for external power supplies, wireless chargers, wireless charging pads, battery chargers for portable batteries of general use and USB Type-C cables.
+This policy applies from the 14th December 2028, repealing Commission Regulation (EU) 2019/1782.</t>
   </si>
   <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Battery Chargers, External Power Supply</t>
   </si>
   <si>
-    <t>Published, Revised</t>
-[...2 lines deleted...]
-    <t>November 2025</t>
+    <t>Published, New</t>
+  </si>
+  <si>
+    <t>December 2025</t>
   </si>
   <si>
     <t>87 FR 51221</t>
   </si>
   <si>
     <t>European Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20252052-13-october-2025-laying-down-ecodesign-requirements</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32025R2052&amp;qid=1763999035842</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -662,55 +663,53 @@
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>36</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>