--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -12,293 +12,339 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>JS 50564:2012 Electrical and electronic household and office equipment - Measurement of low power consumption</t>
   </si>
   <si>
+    <t>This policy specifies methods of measurement of electrical power consumption and the reporting of the results for a range of electrical and electronic household and office equipment, hereafter referred to as products.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>JS 62301</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-505642012-electrical-and-electronic-household-and-office-equipment-measurement-low</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5279</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -562,457 +608,506 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="173" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="173.243" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="681.834" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...43 lines deleted...]
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G4">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
         <v>2012</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2010</v>
       </c>
-      <c r="I4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-        <v>37</v>
+      <c r="L5" t="s">
+        <v>51</v>
+      </c>
+      <c r="M5" t="s">
+        <v>52</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...3 lines deleted...]
-      <c r="B5" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
         <v>39</v>
       </c>
-      <c r="C5" t="s">
+      <c r="F6" t="s">
         <v>40</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2017</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>60</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>63</v>
+      </c>
+      <c r="O6" t="s">
+        <v>64</v>
+      </c>
+      <c r="P6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>66</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>68</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2012</v>
       </c>
-      <c r="H5">
+      <c r="I7">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>77</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...8 lines deleted...]
-      <c r="M5" t="s">
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>79</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...122 lines deleted...]
-      </c>
       <c r="L8" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="M8" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="N8" t="s">
-        <v>67</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>