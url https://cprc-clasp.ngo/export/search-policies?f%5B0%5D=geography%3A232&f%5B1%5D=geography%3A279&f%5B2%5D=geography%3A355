--- v0 (2025-11-27)
+++ v1 (2026-01-30)
@@ -2478,51 +2478,51 @@
       </c>
       <c r="P26" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>158</v>
       </c>
       <c r="B27" t="s">
         <v>159</v>
       </c>
       <c r="C27" t="s">
         <v>98</v>
       </c>
       <c r="D27" t="s">
         <v>160</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>68</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27">
         <v>2024</v>
       </c>
       <c r="J27" t="s">
         <v>161</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
         <v>162</v>
       </c>
       <c r="M27" t="s">
         <v>101</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
         <v>163</v>
       </c>