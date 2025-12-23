--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -210,63 +210,66 @@
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439311-2009-cqc-mark-certification-fans</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=36490</t>
   </si>
   <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
     <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
   </si>
   <si>
     <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
-  </si>
-[...1 lines deleted...]
-    <t>September 2025</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 19761-2020 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Fan</t>
   </si>
   <si>
     <t>GB/T 1236; GB/T 3235; GB/T 10178; JB/T 2977; JB/T 4357; JB/T 4358; JB/T 4362; JB/T 7221; JB/T 9068; JB/T 10562; JB/T 10563</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19761-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-fan</t>
@@ -1006,324 +1009,324 @@
       </c>
       <c r="P6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>60</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>62</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>63</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="H7">
         <v>1989</v>
       </c>
       <c r="I7">
         <v>2009</v>
       </c>
       <c r="J7" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>42</v>
       </c>
       <c r="M7" t="s">
         <v>36</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>62</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>63</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>1989</v>
       </c>
       <c r="I8">
         <v>2021</v>
       </c>
       <c r="J8" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>47</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>63</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>2010</v>
       </c>
       <c r="I9">
         <v>2021</v>
       </c>
       <c r="J9" t="s">
         <v>34</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M9" t="s">
         <v>36</v>
       </c>
       <c r="N9" t="s">
         <v>49</v>
       </c>
       <c r="O9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>47</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>63</v>
       </c>
       <c r="G10" t="s">
         <v>33</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N10" t="s">
         <v>49</v>
       </c>
       <c r="O10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>63</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11">
         <v>2016</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>56</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M11" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2017</v>
       </c>
       <c r="I12">
         <v>2021</v>
       </c>
       <c r="J12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="N12" t="s">
         <v>49</v>
       </c>
       <c r="O12" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P12" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">