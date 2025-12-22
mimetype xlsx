--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="156">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -435,66 +435,69 @@
     <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
     <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
   </si>
   <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
@@ -1984,170 +1987,170 @@
       </c>
       <c r="P23" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>137</v>
       </c>
       <c r="B24" t="s">
         <v>138</v>
       </c>
       <c r="C24" t="s">
         <v>18</v>
       </c>
       <c r="D24" t="s">
         <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>103</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>139</v>
       </c>
       <c r="H24">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="M24" t="s">
         <v>106</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="P24" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B25" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C25" t="s">
         <v>18</v>
       </c>
       <c r="D25" t="s">
         <v>19</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>103</v>
       </c>
       <c r="G25" t="s">
         <v>8</v>
       </c>
       <c r="H25">
         <v>2019</v>
       </c>
       <c r="I25">
         <v>2025</v>
       </c>
       <c r="J25" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="K25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="O25" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="P25" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B26" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C26" t="s">
         <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E26" t="s">
         <v>41</v>
       </c>
       <c r="F26" t="s">
         <v>42</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2017</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>23</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>46</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P26" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">