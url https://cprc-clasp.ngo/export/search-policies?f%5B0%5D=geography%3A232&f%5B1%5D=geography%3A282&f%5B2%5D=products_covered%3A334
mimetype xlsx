--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -81,81 +81,78 @@
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>China</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
@@ -511,64 +508,64 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="251.224" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="95.405" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -597,124 +594,126 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
+        <v>8</v>
+      </c>
+      <c r="H2">
+        <v>2008</v>
+      </c>
+      <c r="I2">
+        <v>2024</v>
+      </c>
+      <c r="J2" t="s">
         <v>22</v>
       </c>
-      <c r="H2">
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
         <v>25</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>26</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
         <v>29</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>30</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>31</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>32</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>33</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="H3">
         <v>2017</v>
       </c>
       <c r="I3">
         <v>2021</v>
       </c>
       <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
         <v>36</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>37</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>38</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>39</v>
       </c>
-      <c r="N3" t="s">
+      <c r="O3" t="s">
         <v>40</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">