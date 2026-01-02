--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -224,69 +224,72 @@
   <si>
     <t>This policy applies to efflux-type range hood with rated voltage below 250V and installed above domestic cooktop stove or other similar devices.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>GB/T 17713-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29539-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E800D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30720-2014 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas cooking appliances</t>
   </si>
   <si>
     <t>Domestic gas cooking appliances which use urban gas have single combustors and its rated thermal load is not more than 5.23 kW</t>
   </si>
   <si>
     <t>LPG Stoves, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>CQC6151-20094.24.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30720-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7EF80D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB30720—2025 Minimum allowable values of energy efficiency and energy efficiency grades for gas cooking appliances</t>
   </si>
   <si>
     <t>This revised energy efficiency standards and grades apply to household gas stoves and integrated stoves using utility gas with a rated heat load not exceeding 5.23 kW, and commercial cooking stoves with a rated heat load not exceeding 60 kW, large pot stoves with a rated heat load not exceeding 80 kW, and water-jacketed or steam-generating steam cabinets and steam generators with a rated heat load not exceeding 80 kW.</t>
   </si>
   <si>
     <t>Steam Cookers, LPG Stoves, Cooktops or Hobs</t>
-  </si>
-[...1 lines deleted...]
-    <t>October 2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb30720-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-gas</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=301E0388CB71788DE06397BE0A0AE1B4</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -652,51 +655,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="147.393" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="497.736" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1078,176 +1081,176 @@
       </c>
       <c r="P8" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>67</v>
       </c>
       <c r="B9" t="s">
         <v>68</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>69</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>63</v>
       </c>
       <c r="G9" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="H9">
         <v>2008</v>
       </c>
       <c r="I9">
         <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="K9" t="s">
         <v>47</v>
       </c>
       <c r="L9" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="P9" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>63</v>
       </c>
       <c r="G10" t="s">
         <v>8</v>
       </c>
       <c r="H10">
         <v>2014</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="O10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11">
         <v>2017</v>
       </c>
       <c r="I11">
         <v>2021</v>
       </c>
       <c r="J11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="N11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="O11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">