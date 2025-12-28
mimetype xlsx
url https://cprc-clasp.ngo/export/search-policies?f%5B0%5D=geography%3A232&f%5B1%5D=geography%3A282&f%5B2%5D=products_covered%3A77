--- v0 (2025-11-06)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -129,50 +129,53 @@
     <t>CEL-039. Commercial Gas Stoves</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy stoves with a rated thermal load of single burner not exceeding 60 kW and a nominal heat load of each burner not exceeding 80 kW and a vapor pressure not exceeding 500Pa. A nominal diameter should not be less than 600 mm.</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>GB/T 13611, GB 30720-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-039-commercial-gas-stoves</t>
   </si>
   <si>
     <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B633_%E5%95%86%E7%94%A8%E7%87%83%E6%B0%94%E7%81%B6%E5%85%B7%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
@@ -538,51 +541,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="149.678" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="304.211" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="286.502" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -718,126 +721,128 @@
       </c>
       <c r="P3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4">
         <v>2015</v>
       </c>
-      <c r="I4"/>
       <c r="J4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>2017</v>
       </c>
       <c r="I5">
         <v>2021</v>
       </c>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">