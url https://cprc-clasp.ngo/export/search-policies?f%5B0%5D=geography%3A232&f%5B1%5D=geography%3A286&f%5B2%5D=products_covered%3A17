--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>