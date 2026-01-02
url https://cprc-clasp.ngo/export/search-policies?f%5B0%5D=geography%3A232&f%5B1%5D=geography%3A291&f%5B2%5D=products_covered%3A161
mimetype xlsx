--- v0 (2025-11-11)
+++ v1 (2026-01-02)
@@ -65,164 +65,164 @@
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
   </si>
   <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>March 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Electricity</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
-    <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
-[...4 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...35 lines deleted...]
-  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
@@ -579,51 +579,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="270.077" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -655,136 +655,136 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2" t="s">
         <v>25</v>
       </c>
       <c r="M2" t="s">
         <v>26</v>
       </c>
       <c r="N2" t="s">
         <v>27</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>31</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I3">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J3" t="s">
         <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3" t="s">
         <v>34</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>40</v>
       </c>
       <c r="G4" t="s">
         <v>41</v>
       </c>
       <c r="H4">
         <v>2015</v>
       </c>
       <c r="I4"/>
       <c r="J4" t="s">
         <v>42</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>43</v>