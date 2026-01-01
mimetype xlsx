--- v0 (2025-11-09)
+++ v1 (2026-01-01)
@@ -144,51 +144,51 @@
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
@@ -545,51 +545,51 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="270.077" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="351.486" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">