--- v0 (2025-11-08)
+++ v1 (2025-12-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -68,123 +68,120 @@
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Asia and Pacific, Malaysia</t>
+    <t>Malaysia</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
-    <t>Malaysia</t>
-[...1 lines deleted...]
-  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
-  </si>
-[...1 lines deleted...]
-    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
@@ -519,51 +516,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="245.226" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -605,176 +602,176 @@
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H2">
         <v>2013</v>
       </c>
       <c r="I2">
         <v>2024</v>
       </c>
       <c r="J2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>33</v>
       </c>
       <c r="H3">
         <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>34</v>
       </c>
       <c r="K3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
         <v>35</v>
       </c>
       <c r="P3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>37</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="H4">
         <v>2017</v>
       </c>
       <c r="I4">
         <v>2021</v>
       </c>
       <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
         <v>42</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>43</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>44</v>
       </c>
-      <c r="M4" t="s">
+      <c r="N4" t="s">
         <v>45</v>
       </c>
-      <c r="N4" t="s">
+      <c r="O4" t="s">
         <v>46</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">