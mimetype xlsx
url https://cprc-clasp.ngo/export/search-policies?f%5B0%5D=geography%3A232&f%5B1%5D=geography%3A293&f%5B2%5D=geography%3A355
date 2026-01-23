--- v0 (2025-11-29)
+++ v1 (2026-01-23)
@@ -2014,51 +2014,51 @@
       </c>
       <c r="P14" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>111</v>
       </c>
       <c r="B15" t="s">
         <v>112</v>
       </c>
       <c r="C15" t="s">
         <v>68</v>
       </c>
       <c r="D15" t="s">
         <v>113</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15">
         <v>2024</v>
       </c>
       <c r="J15" t="s">
         <v>114</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>115</v>
       </c>
       <c r="M15" t="s">
         <v>71</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
         <v>116</v>
       </c>