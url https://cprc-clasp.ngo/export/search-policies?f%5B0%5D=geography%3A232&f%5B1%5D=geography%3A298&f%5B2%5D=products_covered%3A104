--- v0 (2025-11-06)
+++ v1 (2025-12-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -234,97 +234,100 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
     <t>This policy regulates minimum energy performance standard for portable air conditioners.
 Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
 Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
 1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
  N is the number of indoor and outdoor units
  Standby power is expressed in Watts</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
   </si>
   <si>
     <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
 The established MEPS are: 
 Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
 Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
 Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
 COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
     <t>This policy raises MEPS for single and multi split air conditioners.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
@@ -855,54 +858,54 @@
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>33</v>
       </c>
       <c r="G4" t="s">
         <v>43</v>
       </c>
-      <c r="H4">
+      <c r="H4"/>
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I4"/>
       <c r="J4" t="s">
         <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>37</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
         <v>45</v>
       </c>
       <c r="P4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>46</v>
       </c>
       <c r="B5" t="s">
@@ -1093,224 +1096,224 @@
       </c>
       <c r="P8" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>65</v>
       </c>
       <c r="B9" t="s">
         <v>66</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>57</v>
       </c>
       <c r="G9" t="s">
-        <v>8</v>
+        <v>67</v>
       </c>
       <c r="H9">
         <v>2011</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9" t="s">
         <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M9" t="s">
         <v>37</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P9" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>57</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2011</v>
       </c>
       <c r="I10">
         <v>2025</v>
       </c>
       <c r="J10" t="s">
         <v>44</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>37</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>52</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>57</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>35</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M11" t="s">
         <v>37</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P11" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>21</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2017</v>
       </c>
       <c r="I12">
         <v>2021</v>
       </c>
       <c r="J12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M12" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N12" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O12" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P12" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">