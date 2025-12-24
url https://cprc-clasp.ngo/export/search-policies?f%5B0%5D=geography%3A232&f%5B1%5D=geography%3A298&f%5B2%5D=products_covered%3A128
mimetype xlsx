--- v0 (2025-11-09)
+++ v1 (2025-12-24)
@@ -12,146 +12,149 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...25 lines deleted...]
-    <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
@@ -629,213 +632,213 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
       <c r="L2"/>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
         <v>26</v>
       </c>
       <c r="O2" t="s">
         <v>27</v>
       </c>
       <c r="P2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>31</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H3">
         <v>2025</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
         <v>23</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
       <c r="O3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="P3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H4">
         <v>2017</v>
       </c>
       <c r="I4">
         <v>2021</v>
       </c>
       <c r="J4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="H5">
         <v>2017</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>26</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">