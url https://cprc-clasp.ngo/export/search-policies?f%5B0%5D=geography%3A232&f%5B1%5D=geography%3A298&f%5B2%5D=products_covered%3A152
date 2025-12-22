--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -116,80 +116,80 @@
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
     <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase Induction Motors</t>
+    <t>MEPS for Three-Phase Induction Motors (2018)</t>
   </si>
   <si>
     <t>This policy applies to three-phase induction motors with a rated output from 0.75kW to 200kW and three-phase induction motors with a rated output &gt;200kW to ≤ 375kW.</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>IEC 60034-2-1 (2014), Method 2-1-1B
 ,   
                     IEEE 112 (2004), Method B</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-induction-motors-2018</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
     <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>