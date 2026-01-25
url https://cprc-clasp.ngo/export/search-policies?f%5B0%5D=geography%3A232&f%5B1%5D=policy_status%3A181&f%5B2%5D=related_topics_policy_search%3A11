--- v0 (2025-10-15)
+++ v1 (2026-01-25)
@@ -12,233 +12,264 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -502,323 +533,356 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="436.322" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2017</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N4" t="s">
+        <v>46</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>55</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>45</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...114 lines deleted...]
-        <v>47</v>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>