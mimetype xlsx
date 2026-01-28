--- v0 (2025-11-28)
+++ v1 (2026-01-28)
@@ -2500,51 +2500,51 @@
       </c>
       <c r="P27" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>155</v>
       </c>
       <c r="B28" t="s">
         <v>156</v>
       </c>
       <c r="C28" t="s">
         <v>98</v>
       </c>
       <c r="D28" t="s">
         <v>157</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>68</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H28">
         <v>2021</v>
       </c>
       <c r="I28">
         <v>2024</v>
       </c>
       <c r="J28" t="s">
         <v>158</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>159</v>
       </c>
       <c r="M28" t="s">
         <v>101</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
         <v>160</v>
       </c>