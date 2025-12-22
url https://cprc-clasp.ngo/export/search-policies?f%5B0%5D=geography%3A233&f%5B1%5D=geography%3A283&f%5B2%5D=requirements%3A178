--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -12,239 +12,288 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
+  </si>
+  <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -508,421 +557,472 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:P8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="445.891" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="94.263" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...4 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>27</v>
+      <c r="K5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>52</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...4 lines deleted...]
-      <c r="I4" t="s">
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-        <v>30</v>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...12 lines deleted...]
-      <c r="E5" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>60</v>
+      </c>
+      <c r="B8" t="s">
+        <v>61</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...4 lines deleted...]
-      <c r="I5" t="s">
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...6 lines deleted...]
-      <c r="M5" t="s">
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...113 lines deleted...]
-      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N8" t="s">
-        <v>49</v>
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>64</v>
+      </c>
+      <c r="P8" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>