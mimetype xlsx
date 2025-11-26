--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -12,185 +12,204 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -454,227 +473,248 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="490.595" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="159.104" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="93.12" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2"/>
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
       <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...2 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-        <v>31</v>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>