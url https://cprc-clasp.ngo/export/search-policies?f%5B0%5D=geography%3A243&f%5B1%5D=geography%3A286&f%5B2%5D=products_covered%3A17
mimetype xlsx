--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -103,51 +103,51 @@
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>LPG</t>
   </si>
   <si>
     <t>IS 4246:2002
 ,   
                     IS 4246:2002</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Cookstoves, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-domestic-liquefied-petroleum-gas-stove</t>
   </si>
   <si>
-    <t>https://beestarlabel.com/Content/LPG-Gas-Stove-Notification-14(a).pdf</t>
+    <t>https://beeindia.gov.in/star-label.php</t>
   </si>
   <si>
     <t>NF397 - NF Environnement - Cafetieres electriques a filtre pour usage domestique</t>
   </si>
   <si>
     <t>The NF Environnement -filter coffee machine for domestic use- is for filter coffee machines for household use or assimilated. To be eligible the coffee maker must be equipped with a thermal carafe. Exclusions: Coffee machines for professional use espresso coffee makers percolator coffee makers and coffee makers with a hot plate resistance are not covered.</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>