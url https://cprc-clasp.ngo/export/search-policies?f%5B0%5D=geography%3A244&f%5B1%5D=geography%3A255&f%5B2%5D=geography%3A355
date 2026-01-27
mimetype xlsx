--- v0 (2025-12-01)
+++ v1 (2026-01-27)
@@ -2058,51 +2058,51 @@
       </c>
       <c r="P19" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
         <v>133</v>
       </c>
       <c r="B20" t="s">
         <v>134</v>
       </c>
       <c r="C20" t="s">
         <v>18</v>
       </c>
       <c r="D20" t="s">
         <v>135</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>136</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20">
         <v>2024</v>
       </c>
       <c r="J20" t="s">
         <v>137</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>138</v>
       </c>
       <c r="M20" t="s">
         <v>25</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
         <v>139</v>
       </c>