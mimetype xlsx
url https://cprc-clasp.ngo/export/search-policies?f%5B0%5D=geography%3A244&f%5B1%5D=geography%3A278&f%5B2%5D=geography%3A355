--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -3565,51 +3565,51 @@
       </c>
       <c r="P41" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
         <v>263</v>
       </c>
       <c r="B42" t="s">
         <v>264</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
         <v>265</v>
       </c>
       <c r="E42" t="s">
         <v>20</v>
       </c>
       <c r="F42" t="s">
         <v>116</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42">
         <v>2024</v>
       </c>
       <c r="J42" t="s">
         <v>266</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
         <v>267</v>
       </c>
       <c r="M42" t="s">
         <v>25</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
         <v>268</v>
       </c>