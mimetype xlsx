--- v0 (2025-10-10)
+++ v1 (2025-12-12)
@@ -12,265 +12,353 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>MEPS for lighting products</t>
@@ -281,96 +369,103 @@
   <si>
     <t>Lighting, Lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>NB 10.07.001, NB 17.02.001</t>
   </si>
   <si>
     <t>Ministry of Petroleum and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-lighting-products-1</t>
   </si>
   <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -634,819 +729,920 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N17"/>
+  <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="126" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="126.112" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
         <v>2020</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
         <v>2017</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>29</v>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...32 lines deleted...]
-      <c r="M4" t="s">
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>93</v>
+      </c>
+      <c r="E15" t="s">
+        <v>100</v>
+      </c>
+      <c r="F15" t="s">
+        <v>101</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>103</v>
+      </c>
+      <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>105</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15"/>
     </row>
-    <row r="5" spans="1:14">
-[...34 lines deleted...]
-      <c r="M5" t="s">
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>108</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>110</v>
+      </c>
+      <c r="F16" t="s">
+        <v>111</v>
+      </c>
+      <c r="G16" t="s">
+        <v>102</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>112</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" t="s">
+        <v>114</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>115</v>
+      </c>
+      <c r="P16"/>
     </row>
-    <row r="6" spans="1:14">
-[...34 lines deleted...]
-      <c r="M6" t="s">
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>116</v>
+      </c>
+      <c r="B17" t="s">
+        <v>117</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>118</v>
+      </c>
+      <c r="E17" t="s">
+        <v>110</v>
+      </c>
+      <c r="F17" t="s">
+        <v>101</v>
+      </c>
+      <c r="G17" t="s">
+        <v>102</v>
+      </c>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>119</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N6" t="s">
-[...452 lines deleted...]
-      <c r="K17"/>
       <c r="L17"/>
-      <c r="M17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M17"/>
       <c r="N17" t="s">
-        <v>91</v>
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>120</v>
+      </c>
+      <c r="P17" t="s">
+        <v>121</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>