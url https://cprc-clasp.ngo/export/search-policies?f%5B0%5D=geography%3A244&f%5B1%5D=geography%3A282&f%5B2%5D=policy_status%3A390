--- v0 (2025-11-06)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="720">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="707">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1585,72 +1585,60 @@
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
   </si>
   <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
     <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
   </si>
   <si>
-    <t>GB 12021.6-2017 Minimum allowable values of energy efficiency and energy efficiency grades for electric rice cookers</t>
+    <t>GB 19577-2024 Energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers</t>
+  </si>
+  <si>
+    <t>This policy energy efficiency limit values ​​and energy efficiency grades for heat pumps and chillers. It applies to the following products: water chilling (heat pump) packages using vapor compression, low ambient temperature air source heat pump (water chilling) packages, water-source (ground-source) heat pumps, lithium bromide absorption water chillers (heaters), water-source high-temperature heat pumps using the vapor compression cycle, indirect evaporative cooling water chillers, and integrated water chilling (heat pump) packages. It enters into force on 1 February 2025 and replaces the following standards: GB 19577-2015, GB 29540-2013, GB 30721-2014, and GB 37480-2019.</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
-  </si>
-[...16 lines deleted...]
-    <t>Heat Pumps, Water</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>GB/T 10870
 ,   
                     GB/T 18362
 ,   
                     GB/T 18430.1
 ,   
                     GB/T 18430.2
 ,   
                     GB/T 18431
 ,   
                     GB/T 19409
 ,   
                     GB/T 25127.1
 ,   
                     GB/T 25127.2
 ,   
                     GB/T 25861
@@ -1822,50 +1810,53 @@
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=23EE8C718E21E8A3E06397BE0A0AC332</t>
   </si>
   <si>
     <t>GB 30254-2013 Minimum allowable values of energy efficiency and the energy efficiency grades for cage three-phase high voltage induction motors</t>
   </si>
   <si>
     <t>This policy covers cage three-phase high voltage induction motors.</t>
   </si>
   <si>
     <t>GB 755-2008; GB/T 1032-2012; GB 10068-2008; GB 10069.3-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30254-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-cage</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E8DAD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30531-2014 Minimum allowable values of energy efficiency and energy efficiency grades for commercial gas cooking appliances</t>
   </si>
   <si>
     <t>Applies to commercial gas-to-energy single stoves with rated thermal load of not more than 60 kW</t>
   </si>
   <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
     <t>GB / T 13611</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30531-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7ED10D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 30978-2014 Minimum allowable values of the energy efficiency and energy efficiency grades for water dispensers</t>
   </si>
   <si>
     <t>Applies to the hot or cold water dispensers with rated voltage not exceeding 250 V. Does not apply to the instant hot water dispensers with rated power of more than 4 000 W.</t>
   </si>
   <si>
     <t>GB/T 2828.1; GB/T 2829; GB 4706.1; GB/T 22090-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30978-2014-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FF8FD3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 32028-2015 Minimum allowable values of energy efficiency and energy efficiency grades for projectors</t>
@@ -1906,59 +1897,50 @@
   <si>
     <t>GB/T 19774; GB/T 24499</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32311-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80F02D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
-    <t>GB 36893-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for air cleaners</t>
-[...7 lines deleted...]
-  <si>
     <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37479-2019 Minimum allowable values of energy efficiency and energy efficiency grades for ducted air conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37479-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBA0E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB 37480-2019 Minimum allowable values of energy efficiency and energy efficiency grades for low ambient temperature air source heat pumps (water chiller) packages</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37480-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-low</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB80E10E05397BE0A0A5BBB</t>
@@ -2011,145 +1993,108 @@
   <si>
     <t>GB 38383-2019 The minimum allowable values of the energy, water consumption, and grades for dishwashers</t>
   </si>
   <si>
     <t>This policy covers dishwashers.</t>
   </si>
   <si>
     <t>Electricity, Water</t>
   </si>
   <si>
     <t>GB/T 20290-2016; QB/T 1520-2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38383-2019-minimum-allowable-values-energy-water-consumption-and-grades-dishwashers</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CCD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
     <t>This policy covers smart water closets.</t>
   </si>
   <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38449-2019 Minimum allowable values of energy efficiency and energy efficiency grade of regenerative rolling reheating furnace</t>
   </si>
   <si>
     <t>This policy covers regenerative rolling reheating furnaces.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38449-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grade</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFEA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
-    <t>MEPS for electric pressure cookers</t>
+    <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+    <t>The Standardization Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
-  </si>
-[...44 lines deleted...]
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
   </si>
   <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
@@ -2179,50 +2124,53 @@
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
     <t>https://item.jd.com/10054560130198.html</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
     <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
   </si>
@@ -2559,65 +2507,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P129"/>
+  <dimension ref="A1:P125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -6958,1865 +6906,1677 @@
       <c r="J91" t="s">
         <v>515</v>
       </c>
       <c r="K91" t="s">
         <v>24</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
         <v>516</v>
       </c>
       <c r="N91" t="s">
         <v>34</v>
       </c>
       <c r="O91" t="s">
         <v>521</v>
       </c>
       <c r="P91" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
         <v>523</v>
       </c>
       <c r="B92" t="s">
-        <v>120</v>
+        <v>524</v>
       </c>
       <c r="C92" t="s">
         <v>18</v>
       </c>
       <c r="D92" t="s">
-        <v>121</v>
+        <v>525</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>527</v>
       </c>
       <c r="H92">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>23</v>
+        <v>528</v>
       </c>
       <c r="K92" t="s">
         <v>24</v>
       </c>
       <c r="L92" t="s">
-        <v>122</v>
+        <v>529</v>
       </c>
       <c r="M92" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="N92" t="s">
         <v>34</v>
       </c>
       <c r="O92" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="P92" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="B93" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="C93" t="s">
         <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>530</v>
+        <v>266</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G93" t="s">
-        <v>531</v>
+        <v>22</v>
       </c>
       <c r="H93">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="I93"/>
+        <v>2010</v>
+      </c>
+      <c r="I93">
+        <v>2021</v>
+      </c>
       <c r="J93" t="s">
-        <v>532</v>
+        <v>23</v>
       </c>
       <c r="K93" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="L93" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="M93" t="s">
-        <v>534</v>
+        <v>26</v>
       </c>
       <c r="N93" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="P93" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B94" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C94" t="s">
         <v>18</v>
       </c>
       <c r="D94" t="s">
         <v>266</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
         <v>2010</v>
       </c>
-      <c r="I94">
-[...1 lines deleted...]
-      </c>
+      <c r="I94"/>
       <c r="J94" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K94" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="L94" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="M94" t="s">
-        <v>26</v>
+        <v>541</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="P94" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="B95" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C95" t="s">
         <v>18</v>
       </c>
       <c r="D95" t="s">
-        <v>266</v>
+        <v>244</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="I95"/>
       <c r="J95" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K95" t="s">
         <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="M95" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N95" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O95" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="P95" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B96" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C96" t="s">
         <v>18</v>
       </c>
       <c r="D96" t="s">
-        <v>244</v>
+        <v>169</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2021</v>
+        <v>2013</v>
       </c>
       <c r="I96"/>
       <c r="J96" t="s">
         <v>23</v>
       </c>
       <c r="K96" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="L96" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="M96" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N96" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="O96" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="P96" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B97" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C97" t="s">
         <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>169</v>
+        <v>238</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G97" t="s">
         <v>22</v>
       </c>
       <c r="H97">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>23</v>
       </c>
       <c r="K97" t="s">
-        <v>171</v>
+        <v>24</v>
       </c>
       <c r="L97" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="M97" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N97" t="s">
-        <v>173</v>
+        <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="P97" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B98" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C98" t="s">
         <v>18</v>
       </c>
       <c r="D98" t="s">
-        <v>238</v>
+        <v>191</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G98" t="s">
         <v>22</v>
       </c>
       <c r="H98">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>23</v>
       </c>
       <c r="K98" t="s">
         <v>24</v>
       </c>
       <c r="L98" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="M98" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="P98" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="B99" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C99" t="s">
         <v>18</v>
       </c>
       <c r="D99" t="s">
-        <v>191</v>
+        <v>150</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
-        <v>2020</v>
+        <v>2013</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="M99" t="s">
-        <v>545</v>
+        <v>26</v>
       </c>
       <c r="N99" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O99" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="P99" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B100" t="s">
-        <v>569</v>
+        <v>50</v>
       </c>
       <c r="C100" t="s">
         <v>18</v>
       </c>
       <c r="D100" t="s">
-        <v>150</v>
+        <v>68</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2013</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K100" t="s">
         <v>24</v>
       </c>
       <c r="L100" t="s">
+        <v>52</v>
+      </c>
+      <c r="M100" t="s">
+        <v>541</v>
+      </c>
+      <c r="N100" t="s">
+        <v>34</v>
+      </c>
+      <c r="O100" t="s">
         <v>570</v>
       </c>
-      <c r="M100" t="s">
-[...5 lines deleted...]
-      <c r="O100" t="s">
+      <c r="P100" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
+        <v>572</v>
+      </c>
+      <c r="B101" t="s">
         <v>573</v>
       </c>
-      <c r="B101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" t="s">
         <v>18</v>
       </c>
       <c r="D101" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="E101" t="s">
         <v>20</v>
       </c>
       <c r="F101" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G101" t="s">
         <v>22</v>
       </c>
       <c r="H101">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="K101" t="s">
         <v>24</v>
       </c>
       <c r="L101" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="M101" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N101" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O101" t="s">
         <v>574</v>
       </c>
       <c r="P101" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
         <v>576</v>
       </c>
       <c r="B102" t="s">
         <v>577</v>
       </c>
       <c r="C102" t="s">
         <v>18</v>
       </c>
       <c r="D102" t="s">
-        <v>63</v>
+        <v>578</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G102" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="I102"/>
+        <v>527</v>
+      </c>
+      <c r="H102" t="s">
+        <v>579</v>
+      </c>
+      <c r="I102">
+        <v>2024</v>
+      </c>
       <c r="J102" t="s">
-        <v>51</v>
+        <v>580</v>
       </c>
       <c r="K102" t="s">
         <v>24</v>
       </c>
-      <c r="L102" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L102"/>
       <c r="M102" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="P102" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B103" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="C103" t="s">
         <v>18</v>
       </c>
       <c r="D103" t="s">
-        <v>582</v>
+        <v>57</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G103" t="s">
-        <v>531</v>
-[...6 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="H103">
+        <v>2014</v>
+      </c>
+      <c r="I103"/>
       <c r="J103" t="s">
-        <v>584</v>
+        <v>51</v>
       </c>
       <c r="K103" t="s">
         <v>24</v>
       </c>
-      <c r="L103"/>
+      <c r="L103" t="s">
+        <v>585</v>
+      </c>
       <c r="M103" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="P103" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B104" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C104" t="s">
         <v>18</v>
       </c>
       <c r="D104" t="s">
-        <v>57</v>
+        <v>156</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G104" t="s">
-        <v>22</v>
+        <v>590</v>
       </c>
       <c r="H104">
         <v>2014</v>
       </c>
-      <c r="I104"/>
+      <c r="I104">
+        <v>2015</v>
+      </c>
       <c r="J104" t="s">
         <v>51</v>
       </c>
       <c r="K104" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
       <c r="L104" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="M104" t="s">
-        <v>545</v>
+        <v>26</v>
       </c>
       <c r="N104" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O104" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="P104" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B105" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C105" t="s">
         <v>18</v>
       </c>
       <c r="D105" t="s">
-        <v>156</v>
+        <v>272</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G105" t="s">
         <v>22</v>
       </c>
       <c r="H105">
         <v>2015</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
         <v>51</v>
       </c>
       <c r="K105" t="s">
-        <v>157</v>
+        <v>24</v>
       </c>
       <c r="L105" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="M105" t="s">
         <v>26</v>
       </c>
       <c r="N105" t="s">
         <v>34</v>
       </c>
       <c r="O105" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="P105" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B106" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C106" t="s">
         <v>18</v>
       </c>
       <c r="D106" t="s">
-        <v>272</v>
+        <v>74</v>
       </c>
       <c r="E106" t="s">
         <v>20</v>
       </c>
       <c r="F106" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G106" t="s">
         <v>22</v>
       </c>
       <c r="H106">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
         <v>51</v>
       </c>
       <c r="K106" t="s">
         <v>24</v>
       </c>
       <c r="L106" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="M106" t="s">
-        <v>26</v>
+        <v>541</v>
       </c>
       <c r="N106" t="s">
         <v>34</v>
       </c>
       <c r="O106" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="P106" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="B107" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="C107" t="s">
         <v>18</v>
       </c>
       <c r="D107" t="s">
-        <v>74</v>
+        <v>99</v>
       </c>
       <c r="E107" t="s">
         <v>20</v>
       </c>
       <c r="F107" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107">
         <v>2016</v>
       </c>
       <c r="I107"/>
       <c r="J107" t="s">
         <v>51</v>
       </c>
       <c r="K107" t="s">
         <v>24</v>
       </c>
       <c r="L107" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="M107" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N107" t="s">
         <v>34</v>
       </c>
       <c r="O107" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="P107" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B108" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="C108" t="s">
         <v>18</v>
       </c>
       <c r="D108" t="s">
-        <v>99</v>
+        <v>191</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G108" t="s">
         <v>22</v>
       </c>
       <c r="H108">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
         <v>51</v>
       </c>
       <c r="K108" t="s">
         <v>24</v>
       </c>
       <c r="L108" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="M108" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N108" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="P108" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="B109" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C109" t="s">
         <v>18</v>
       </c>
       <c r="D109" t="s">
-        <v>191</v>
+        <v>227</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G109" t="s">
         <v>22</v>
       </c>
       <c r="H109">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>51</v>
+        <v>23</v>
       </c>
       <c r="K109" t="s">
         <v>24</v>
       </c>
       <c r="L109" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="M109" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N109" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O109" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="P109" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B110" t="s">
-        <v>618</v>
+        <v>104</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110" t="s">
-        <v>227</v>
+        <v>45</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G110" t="s">
-        <v>22</v>
+        <v>590</v>
       </c>
       <c r="H110">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I110"/>
       <c r="J110" t="s">
         <v>23</v>
       </c>
       <c r="K110" t="s">
         <v>24</v>
       </c>
       <c r="L110" t="s">
-        <v>619</v>
+        <v>105</v>
       </c>
       <c r="M110" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N110" t="s">
         <v>34</v>
       </c>
       <c r="O110" t="s">
         <v>620</v>
       </c>
       <c r="P110" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
         <v>622</v>
       </c>
       <c r="B111" t="s">
-        <v>80</v>
+        <v>38</v>
       </c>
       <c r="C111" t="s">
         <v>18</v>
       </c>
       <c r="D111" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G111" t="s">
         <v>22</v>
       </c>
       <c r="H111">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
         <v>23</v>
       </c>
       <c r="K111" t="s">
         <v>24</v>
       </c>
       <c r="L111" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="M111" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N111" t="s">
         <v>34</v>
       </c>
       <c r="O111" t="s">
         <v>623</v>
       </c>
       <c r="P111" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
         <v>625</v>
       </c>
       <c r="B112" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="C112" t="s">
         <v>18</v>
       </c>
       <c r="D112" t="s">
-        <v>45</v>
+        <v>115</v>
       </c>
       <c r="E112" t="s">
         <v>20</v>
       </c>
       <c r="F112" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2020</v>
       </c>
       <c r="I112"/>
       <c r="J112" t="s">
         <v>23</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="M112" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N112" t="s">
         <v>34</v>
       </c>
       <c r="O112" t="s">
         <v>626</v>
       </c>
       <c r="P112" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
         <v>628</v>
       </c>
       <c r="B113" t="s">
-        <v>38</v>
+        <v>629</v>
       </c>
       <c r="C113" t="s">
         <v>18</v>
       </c>
       <c r="D113" t="s">
-        <v>39</v>
+        <v>204</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G113" t="s">
         <v>22</v>
       </c>
       <c r="H113">
         <v>2020</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
         <v>23</v>
       </c>
       <c r="K113" t="s">
         <v>24</v>
       </c>
       <c r="L113" t="s">
-        <v>40</v>
+        <v>630</v>
       </c>
       <c r="M113" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N113" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="P113" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B114" t="s">
-        <v>114</v>
+        <v>634</v>
       </c>
       <c r="C114" t="s">
         <v>18</v>
       </c>
       <c r="D114" t="s">
-        <v>115</v>
+        <v>81</v>
       </c>
       <c r="E114" t="s">
         <v>20</v>
       </c>
       <c r="F114" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G114" t="s">
         <v>22</v>
       </c>
       <c r="H114">
         <v>2020</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
         <v>23</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
-        <v>116</v>
+        <v>635</v>
       </c>
       <c r="M114" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N114" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="P114" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="B115" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="C115" t="s">
         <v>18</v>
       </c>
       <c r="D115" t="s">
         <v>204</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2020</v>
       </c>
       <c r="I115"/>
       <c r="J115" t="s">
         <v>23</v>
       </c>
       <c r="K115" t="s">
         <v>24</v>
       </c>
       <c r="L115" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="M115" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N115" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O115" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="P115" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="B116" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C116" t="s">
         <v>18</v>
       </c>
       <c r="D116" t="s">
-        <v>81</v>
+        <v>495</v>
       </c>
       <c r="E116" t="s">
         <v>20</v>
       </c>
       <c r="F116" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G116" t="s">
-        <v>22</v>
+        <v>590</v>
       </c>
       <c r="H116">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
         <v>23</v>
       </c>
       <c r="K116" t="s">
-        <v>24</v>
+        <v>645</v>
       </c>
       <c r="L116" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="M116" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N116" t="s">
-        <v>27</v>
+        <v>497</v>
       </c>
       <c r="O116" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="P116" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="B117" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C117" t="s">
         <v>18</v>
       </c>
       <c r="D117" t="s">
-        <v>204</v>
+        <v>169</v>
       </c>
       <c r="E117" t="s">
         <v>20</v>
       </c>
       <c r="F117" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G117" t="s">
-        <v>22</v>
+        <v>651</v>
       </c>
       <c r="H117">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="I117"/>
       <c r="J117" t="s">
-        <v>23</v>
+        <v>652</v>
       </c>
       <c r="K117" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="L117" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="M117" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N117" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="O117" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="P117" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="B118" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="C118" t="s">
         <v>18</v>
       </c>
       <c r="D118" t="s">
-        <v>495</v>
+        <v>266</v>
       </c>
       <c r="E118" t="s">
         <v>20</v>
       </c>
       <c r="F118" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G118" t="s">
         <v>22</v>
       </c>
       <c r="H118">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
         <v>23</v>
       </c>
       <c r="K118" t="s">
-        <v>651</v>
+        <v>24</v>
       </c>
       <c r="L118" t="s">
-        <v>652</v>
+        <v>105</v>
       </c>
       <c r="M118" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N118" t="s">
-        <v>497</v>
+        <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="P118" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="B119" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="C119" t="s">
         <v>18</v>
       </c>
       <c r="D119" t="s">
-        <v>169</v>
+        <v>110</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>2021</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
         <v>23</v>
       </c>
       <c r="K119" t="s">
-        <v>171</v>
+        <v>24</v>
       </c>
       <c r="L119" t="s">
-        <v>657</v>
+        <v>105</v>
       </c>
       <c r="M119" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="N119" t="s">
-        <v>173</v>
+        <v>34</v>
       </c>
       <c r="O119" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="P119" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="B120" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="C120" t="s">
         <v>18</v>
       </c>
       <c r="D120" t="s">
-        <v>266</v>
+        <v>666</v>
       </c>
       <c r="E120" t="s">
         <v>20</v>
       </c>
       <c r="F120" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="K120" t="s">
         <v>24</v>
       </c>
       <c r="L120" t="s">
-        <v>105</v>
+        <v>667</v>
       </c>
       <c r="M120" t="s">
-        <v>545</v>
+        <v>668</v>
       </c>
       <c r="N120" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="O120" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="P120" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="B121" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>110</v>
+        <v>673</v>
       </c>
       <c r="E121" t="s">
-        <v>20</v>
+        <v>189</v>
       </c>
       <c r="F121" t="s">
-        <v>524</v>
+        <v>190</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="K121" t="s">
-        <v>24</v>
+        <v>279</v>
       </c>
       <c r="L121" t="s">
-        <v>105</v>
+        <v>674</v>
       </c>
       <c r="M121" t="s">
-        <v>545</v>
+        <v>675</v>
       </c>
       <c r="N121" t="s">
         <v>34</v>
       </c>
       <c r="O121" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="P121" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="B122" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="C122" t="s">
         <v>18</v>
       </c>
       <c r="D122" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="E122" t="s">
-        <v>20</v>
+        <v>189</v>
       </c>
       <c r="F122" t="s">
-        <v>524</v>
+        <v>190</v>
       </c>
       <c r="G122" t="s">
         <v>22</v>
       </c>
       <c r="H122">
         <v>2021</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
         <v>75</v>
       </c>
       <c r="K122" t="s">
         <v>24</v>
       </c>
       <c r="L122" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="M122" t="s">
-        <v>525</v>
+        <v>675</v>
       </c>
       <c r="N122" t="s">
         <v>34</v>
       </c>
       <c r="O122" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="P122" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>668</v>
+        <v>684</v>
       </c>
       <c r="B123" t="s">
-        <v>674</v>
+        <v>685</v>
       </c>
       <c r="C123" t="s">
         <v>18</v>
       </c>
       <c r="D123" t="s">
-        <v>670</v>
+        <v>686</v>
       </c>
       <c r="E123" t="s">
-        <v>20</v>
+        <v>189</v>
       </c>
       <c r="F123" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="G123" t="s">
-        <v>22</v>
+        <v>527</v>
       </c>
       <c r="H123">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>75</v>
+        <v>687</v>
       </c>
       <c r="K123" t="s">
         <v>24</v>
       </c>
       <c r="L123" t="s">
-        <v>671</v>
+        <v>688</v>
       </c>
       <c r="M123" t="s">
-        <v>525</v>
+        <v>689</v>
       </c>
       <c r="N123" t="s">
         <v>34</v>
       </c>
       <c r="O123" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="P123" t="s">
-        <v>673</v>
+        <v>691</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>676</v>
+        <v>692</v>
       </c>
       <c r="B124" t="s">
-        <v>677</v>
+        <v>693</v>
       </c>
       <c r="C124" t="s">
-        <v>678</v>
+        <v>18</v>
       </c>
       <c r="D124" t="s">
-        <v>679</v>
+        <v>694</v>
       </c>
       <c r="E124" t="s">
         <v>189</v>
       </c>
       <c r="F124" t="s">
-        <v>680</v>
+        <v>695</v>
       </c>
       <c r="G124" t="s">
-        <v>531</v>
+        <v>22</v>
       </c>
       <c r="H124">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>681</v>
+        <v>696</v>
       </c>
       <c r="K124" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L124"/>
+        <v>279</v>
+      </c>
+      <c r="L124" t="s">
+        <v>697</v>
+      </c>
       <c r="M124" t="s">
-        <v>682</v>
+        <v>698</v>
       </c>
       <c r="N124" t="s">
-        <v>497</v>
+        <v>699</v>
       </c>
       <c r="O124" t="s">
-        <v>683</v>
+        <v>700</v>
       </c>
       <c r="P124" t="s">
-        <v>684</v>
+        <v>701</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>685</v>
+        <v>702</v>
       </c>
       <c r="B125" t="s">
-        <v>686</v>
+        <v>703</v>
       </c>
       <c r="C125" t="s">
         <v>18</v>
       </c>
       <c r="D125" t="s">
-        <v>687</v>
+        <v>704</v>
       </c>
       <c r="E125" t="s">
         <v>189</v>
       </c>
       <c r="F125" t="s">
         <v>190</v>
       </c>
       <c r="G125" t="s">
         <v>22</v>
       </c>
       <c r="H125">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>75</v>
+        <v>170</v>
       </c>
       <c r="K125" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="L125"/>
       <c r="M125" t="s">
-        <v>689</v>
+        <v>193</v>
       </c>
       <c r="N125" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="O125" t="s">
-        <v>690</v>
+        <v>705</v>
       </c>
       <c r="P125" t="s">
-        <v>691</v>
-[...99 lines deleted...]
-      <c r="A128" t="s">
         <v>706</v>
-      </c>
-[...87 lines deleted...]
-        <v>719</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">