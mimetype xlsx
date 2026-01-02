--- v0 (2025-11-06)
+++ v1 (2026-01-02)
@@ -349,81 +349,81 @@
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
     <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
   </si>
   <si>
     <t>GB 20943-2013 Minimum allowable values of energy efficiency and evaluating values of energy conservation for single voltage external AC-DC and AC-AC power supplies</t>
   </si>
   <si>
     <t>Applies to external power supplies which convert AC current with 220V and 50Hz to single voltage DC -no higher than 36V- or single voltage AC -no higher than 36V- current.It applies to products with rated output power no larger than 250W. Does NOT apply to DC-DC transformer.</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Revised, To Be Superseded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2013-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E686D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB 20943-2025  Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for AC-DC and AC-AC Power Supplies</t>
   </si>
   <si>
     <t>This revised policy substantially expands its regulatory scope through the inclusion of additional product categories and extended power capacity ranges, while integrating embedded power supplies into its framework for the first time. Aligned with the European Union’s latest minimum energy efficiency requirements of power supplies, GB 20943-2025 introduces a globally pioneering specification for Grade 1 no-load power consumption, establishing a stringent threshold of 0.05W to 0.075W.</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Power Supply and Power Conversion</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>GB 20943-2025</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-20943-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
-    <t>https://openstd.samr.gov.cn/bzgk/std/newGbInfo?hcno=8105E9E58B8B8BDB5DF9D96119B1C60A</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=2D9BC7B2DA386BF6E06397BE0A0A4ED1</t>
   </si>
   <si>
     <t>GB 21518-2008 Minimum allowable values of energy efficiency and energy efficiency grades for AC contactors</t>
   </si>
   <si>
     <t>Applies to those AC contactors with rated frequency of 50Hz; rated voltage no higher than 1140V; and rated current between 9A-630A. Does NOT apply to AC contactors with external power saving device or semi-conductor type -solid type contactor</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21518-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D773ECD3A7E05397BE0A0AB82A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -749,51 +749,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="193.381" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="576.716" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="275.933" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1469,89 +1469,89 @@
       </c>
       <c r="P14" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>108</v>
       </c>
       <c r="B15" t="s">
         <v>109</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>62</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>110</v>
       </c>
       <c r="G15" t="s">
-        <v>56</v>
+        <v>111</v>
       </c>
       <c r="H15">
         <v>2007</v>
       </c>
       <c r="I15">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="J15" t="s">
         <v>50</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>63</v>
       </c>
       <c r="M15" t="s">
         <v>26</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B16" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C16" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>116</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>110</v>
       </c>
       <c r="G16" t="s">
         <v>8</v>
       </c>
       <c r="H16">
         <v>2007</v>
       </c>
       <c r="I16">
         <v>2025</v>
       </c>
       <c r="J16" t="s">
         <v>117</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>